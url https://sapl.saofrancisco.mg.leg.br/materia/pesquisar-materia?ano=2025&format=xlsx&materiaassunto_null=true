--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5777" uniqueCount="2146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5953" uniqueCount="2209">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -874,51 +874,51 @@
   <si>
     <t>Abre Crédito Especial ao Orçamento Geral do Corrente Exercício - Secretaria Municipal de Meio Ambiente</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_no_66_-_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir a Política Municipal de Prevenção do Diabetes e de Assistência Integral à Pessoa com Diabetes, no âmbito do Município de São Francisco/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_completo_assinado.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre o Plano Plurianual para o período 2025 - 2029.</t>
+    <t>Dispõe sobre o Plano Plurianual (PPA) para o período 2026-2029.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei_no._034_altera_prazo_forum_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo único do Art. 1º da Lei nº3.634, de 25 de junho de 2025, que autoriza o Executivo Municipal a doar bem imóvel de seu acervo patrimonial ao Estado de Minas Gerais, para construção de sede do novo Fórum da Comarca de São Francisco/MG.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_035_-_altera_lei_3364_aprensao_dos_animais1.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 4º da Lei Municipal nº 3.364, de 20 de abril de 2022, que "Dispõe sobre a apreensão de animais de grande porte criados em estado de soltura, nos limites territoriais do Município de São Francisco/MG".</t>
   </si>
@@ -1354,50 +1354,127 @@
   <si>
     <t>732</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_permuta_espolio_joao_cordeiro_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar permuta de imóveis, com abatimento de débito municipal, para fins de implantação de obras de infraestrutura urbana, especificamente para a extensão da Rua Silva Jardim até a Avenida Perimetral, no Município de São Francisco, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_060_-_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão parcial de imóvel doado à APAC pela Lei Municipal nº 2.175/2004, por inexecução parcial de encargo.</t>
   </si>
   <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_seguranca_alimentar.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre  a Política Municipal de Segurança Alimentar e Nutricional Sustentável, reorganiza o Conselho Municipal de Segurança Alimentar e Nutricional Sustentável ( COMSEA/SF), institui o Fundo Municipal de Segurança Alimentar e Nutricional (FMSAN) e revoga a lei nº. 2.419 de 21 de Agosto de 2007.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_reconhecimento_de_divida_cheiro_de_pimenta.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o reconhecimento de dívida a empresa Cheiro de Pimenta Produções e Eventos Ltda e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/750/projeto_de_lei_elcio_eletronica_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a reconhecer e pagar dívida de exercícios anteriores em favor da empresa Elcio Eletrônica e Comércio Ltda, CNPJ 44.053.443/0001-16.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/761/projeto_de_lei_no._062_-_doacao_de_terreno_a_mitra.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a doar,_x000D_
+com encargos, bens imóvel do seu_x000D_
+acervo patrimonial à Mitra Diocesana de_x000D_
+Januária para implantação de um_x000D_
+Seminário Propedêutico e dá outras_x000D_
+providências</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_lei_permuta_evely.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a efetivar permuta de bens imóveis com a Senhora Evelyn Ferreira Brito.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_acordo_de_cooperacao_tribunal.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de São Francisco/MG a celebrar Acordo de Cooperação Técnica com o Tribunal Regional Federal da 6ª Região para a instalação e funcionamento da Unidade Avançada de Atendimento (UAA) da Justiça Federal no Município.</t>
+  </si>
+  <si>
     <t>319</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_decreto_legislativo_baixa_veiculo_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa de bens patrimoniais do Poder Legislativo e sua incorporação ao acervo patrimonial do Poder Executivo</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/575/pdecreto_legislativo_02_2025_baixa_moveis-1.pdf</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PRE</t>
@@ -1585,51 +1662,51 @@
   <si>
     <t>600</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/600/emenda_07_2025_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei nº 67/2025, que dispõe sobre o Plano Plurianual do Município de São Francisco para o quadriênio 2026-2029.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/665/emenda_aditiva_08_2025_plc_01_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5º do Projeto de Lei Complementar nº 01/2025, que dispõe sobre a vigência da norma</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/744/emenda_loa_2026_inclui_secretarias.pdf</t>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/744/emenda_09_2025_aditiva_emenda_lom_01_1.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa e aditiva ao projeto de lei nº 091/2025, que estima a receita e fixa a despesa para o exercício 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_-_instalacao_de_manilhas_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, promova a instalação de manilhas na Comunidade do Mocambo (próximo às residências de Nilsinho e Sula), bem como na Comunidade Canabrava.</t>
   </si>
   <si>
     <t>Árlen Aparecido Durães de Aquino (Arlen Kexedé), Géssica Braga de Almeida (Professora Géssica), Walderiz Vieira Leitão (Walderiz Leitão)</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, providencie a manutenção e melhorias nas estradas rurais das comunidades Lagedo do Acaraí, Salto, Caldeirões (próximo ao Paraterra) e na estrada principal do Pau D'Óleo, garantindo melhores condições de tráfego, especialmente para o transporte escolar que atende a Escola Santa Marta.</t>
   </si>
@@ -2120,69 +2197,60 @@
   <si>
     <t>Ramiro Ferreira Lima (Ramiro da Colônia), Antônio Marcos Ferreira de Souza (Tonim do Peixe), Clóvis Assis Ramos de Souza (Clóvis do Brejo)</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no_62_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, promova a pavimentação asfáltica das seguintes vias:_x000D_
 • Bairro Sagrada Família: Rua João Otto, Rua Arnaldo Lima, Rua Epaminondas Leite, Rua Francisco Amorim, Rua Padre Francisco, Rua Padre Peixoto e Rua Padre Guerino Lassafa._x000D_
 • Bairro Funcionários: Rua João Aguiar e Rua Jardim Milena._x000D_
 • Bairro Bandeirantes: Ruas D, F, Avenida Brasil, Rua Astrogildo Rodrigues Cordeiro, Rua Aristeu Maciel, Rua Apolinário Leal, Rua Deputado Jorge Vargas e Rua Elpídio Canabrava.</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_63_2025_assinado_250220_105549.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de providências urgentes para viabilizar o fornecimento de água destinada à irrigação das áreas verdes das praças dos bairros Jiboia e Mocambo, evitando, assim, a degradação da vegetação e a consequente perda da grama.</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_64_2025_assinado_250220_105403.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de realizar reparos na ponte da estrada Tinguis-Jiboia, tendo em vista a existência de dois buracos que representam risco de acidentes e podem resultar em uma tragédia.</t>
   </si>
   <si>
-    <t>111</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Indicação: Versa sobre a necessidade de aquisição de um terreno para a implantação de um novo cemitério na Vila do Morro, visando atender à crescente demanda da comunidade.</t>
   </si>
   <si>
-    <t>112</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_nc2ba_66_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, promova reforma e ampliação do PSF do bairro Bandeirante.</t>
-  </si>
-[...1 lines deleted...]
-    <t>113</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_nc2ba_67_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, promova a recuperação das ruas Raul Paixão, Aldair Santana, Elpídio Canabrava, Antônio Coutinho, Francisco Mendonça, Turíbio Mendonça e Leo Vergildo Narciso de Oliveira, garantindo melhores condições de trafegabilidade e segurança para os moradores.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_nc2ba_68_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, providencia a instalação de manilhas na Comunidade de Tendinha, especificamente nos trechos próximos à residência da senhora Marlene, antes da escola local e logo após a escola.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_nc2ba_69_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, providencie a instalação de mata-burros na zona rural do município, conforme segue:_x000D_
 • Um mata-burro na comunidade do Brejo, no trecho em frente à residência do senhor Joaquim Teodoro._x000D_
@@ -2513,75 +2581,66 @@
   <si>
     <t>Indicação: Que o Poder Executivo promova, através do departamento competente, a realização de obras de recuperação na estrada vicinal, no trecho que vai da Escola Municipal do Muquém até a propriedade de João de Felício.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_106_2025.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo promova, através do departamento competente, a limpeza e reforma do posto de saúde do Povoado do Retiro.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_107_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, realize a ampliação e a reforma da rampa de acesso para jet ski na Praça dos Pescadores, onde está situado o “Bar de Butinha”.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>108</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_nc2ba_108_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, viabilize a reforma e a cobertura da quadra poliesportiva da Escola Municipal Santa Marta, situada na Comunidade do Pau D’Ólio.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>109</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_nc2ba_109_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo, por meio do departamento competente, viabilize a aquisição de um bebedouro e assentos para a sala de espera, realize a manutenção da pintura da Unidade Básica de Saúde (UBS) da Comunidade do Pau D’Ólio, bem como designe um agente de saúde para atender as necessidade da população local.</t>
   </si>
   <si>
     <t>203</t>
-  </si>
-[...1 lines deleted...]
-    <t>110</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_110_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo promova a construção e instalação de um posto de saúde no Povoado de Santa Rita, através do departamento competente.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_111_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo promova reabertura do ponto dos Correios no Povoado de Angical e abertura de um ponto no Povoado do Croá, através do departamento competente.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_112_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação: Que o Poder Executivo promova a construção de um chafariz público nos Povoados Angical, Santa Rita e Croá e nas Comunidades Brejo e Barriguda.</t>
   </si>
@@ -4938,62 +4997,68 @@
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de André Pereira de Souza.</t>
   </si>
   <si>
     <t>Walderiz Vieira Leitão (Walderiz Leitão), Árlen Aparecido Durães de Aquino (Arlen Kexedé), Daniel Fonseca Rocha (Daniel Rocha), Géssica Braga de Almeida (Professora Géssica)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Eliana Ribeiro Nepomuceno.</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Candido Ferreira da Silva, ocorrido em 23/01/2025; Sebastiana Ferreira Santiago, ocorrido em 07/02/2025.</t>
   </si>
   <si>
     <t>Ivan Pereira dos Reis (Ivan Contador), Daniel Fonseca Rocha (Daniel Rocha)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da José Antônio da Silva (Zé Cascável).</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Adão de Jesus F. dos Santos (Adãozinho do Mocambo).</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO ao senhor Amadeu Raimundo Nascimento por agressão aos idosos: Ornel Fernandes da Mota e Rosita Nascimento da Mota.</t>
   </si>
   <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/83/mocao_de_louvor_e_congratulacoes_-_johnny_-_assinado.pdf</t>
+  </si>
+  <si>
     <t>MOÇÃO DE LOUVOR a Maria Cecília Almeida Freitas, aluna de Escola Pública que passou no vestibular de medicina da Unimontes- Montes Claros.</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Marco Aurélio Ribeiro (Lelo)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de João Evanilson Rosa</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de José Pereira da Costa (José Coelho)</t>
   </si>
   <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/110/mocao_de_louvor_e_congratulacoes_-_gessica_-_assinado.pdf</t>
+  </si>
+  <si>
     <t>MOÇÃO DE LOUVOR  a Aluna Kelly Fernanda Alves Ribeiro pela Conquista de ter passado no vestibular do curso de medicina da Unimontes.</t>
   </si>
   <si>
     <t>Daniel Fonseca Rocha (Daniel Rocha), Antônio Fábio Vieira de Moura (Fábio Construtor)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento Cassimira Rodrigues da Silva (Dona Miruca)</t>
   </si>
   <si>
     <t>Walderiz Vieira Leitão (Walderiz Leitão), Antônio Marcos Ferreira de Souza (Tonim do Peixe), Ramiro Ferreira Lima (Ramiro da Colônia)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Alfredo Ribeiro da Silva.</t>
   </si>
   <si>
     <t>Walderiz Vieira Leitão (Walderiz Leitão), Géssica Braga de Almeida (Professora Géssica)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Marlione Alves dos Santos e Souza.</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Jair Vieira de Araújo.</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Manoel Ferreira.</t>
@@ -5509,50 +5574,134 @@
     <t>MOÇÃO DE PESAR pelo falecimento de Maria Rocha Mendes</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>Walderiz Vieira Leitão (Walderiz Leitão), Daniel Fonseca Rocha (Daniel Rocha), Géssica Braga de Almeida (Professora Géssica), Ivan Pereira dos Reis (Ivan Contador)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de José Nilton Ribeiro (Niltão)</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Maria Gonçalves de Almeida.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>Géssica Braga de Almeida (Professora Géssica), Ivan Pereira dos Reis (Ivan Contador)</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Jailson dos Santos Souza (Dadai)</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Ana Márcia Vieira Cabral.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/746/mocao_de_louvor_e_congratulacoes_-_arlen_1.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE LOUVOR ao Policial Militar Adrian Nauan Nazário Guerra (Sargento Guerra) pela conquista da patente de Sargento.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/747/mocao_de_louvor_e_congratulacoes_-_walderiz_1.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE LOUVOR ao Tenente Elizeu Ferreira dos Santos pelo trabalho realizado durante a pandemia da Covid-19.</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Antônio Domingos Francisco Ferreira.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>Ivan Pereira dos Reis (Ivan Contador), Antônio Marcos Ferreira de Souza (Tonim do Peixe), José Adilson Ferreira da Silva (Dil Ferreira), José Delvan Caíres da Silva (Delvan da Jibóia)</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de José Gonçalves de Almeida (Zé Mineiro).</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>Antônio Fábio Vieira de Moura (Fábio Construtor), Clóvis Assis Ramos de Souza (Clóvis do Brejo), José Adelson Ferreira Neves (Adelson Galã)</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Domingos Ferreira Borges (Domingos Jatobá).</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>Daniel Fonseca Rocha (Daniel Rocha), Antônio Marcos Ferreira de Souza (Tonim do Peixe), Géssica Braga de Almeida (Professora Géssica), Walderiz Vieira Leitão (Walderiz Leitão)</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Iracindo de Moura (Cidim do SAMU)</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>Ivan Pereira dos Reis (Ivan Contador), Antônio Marcos Ferreira de Souza (Tonim do Peixe), Daniel Fonseca Rocha (Daniel Rocha), José Adilson Ferreira da Silva (Dil Ferreira), Walderiz Vieira Leitão (Walderiz Leitão)</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Eliana de Fátima Alves Ribeiro.</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Nair Francisca Vieira.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Dr. Élcio Gangana Ferraz.</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Conceição Aparecida O. dos Santos.</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/252/veto_ao_pl_no_017-_2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao PLO 17/2025</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/353/veto_projeto_de_lei_271.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº 27/2025, que dispõe sobre o provimento de soros antiofídico, antiaracnídico e antiescorpiônico nas unidades de saúde do Município de São Francisco, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>465</t>
   </si>
@@ -6515,50 +6664,95 @@
     <t>740</t>
   </si>
   <si>
     <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/740/pedido_de_regime_de_urgencia_projeto_104-2025.pdf</t>
   </si>
   <si>
     <t>O vereador infra-assinado, autor do Projeto de lei nº. 104/2025, requer que seja submetido ao plenário o presente pedido de regime de urgência para apreciar a referida proposição.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>PLO 105/2025 - Diante do exposto, e considerando o notório e inadiável interesse público da medida, conto com o apoio e a sensibilidade dos nobres Vereadores para a aprovação em regime de urgência deste Projeto de Lei, para que os benefícios esperados possam ser concretizados o mais breve possível.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>PLO 106/2025 - Diante da relevância da obra e da estrita observância à legislação vigente, solicitamos o apoio e a aprovação em REGIME DE URGÊNCIA deste Projeto de Lei por parte dos nobres Vereadores e Vereadoras.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>PLO 107/2025 - Do exposto, encaminho para deliberação desta respeitada Casa Legislativa a presente propositura de lei, contando com a respeitada aprovação, oportunidade em que REQUEIRO O REGIME DE URGÊNCIA, conforme faculta e prevê a legislação vigente.</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>PLO 109/2025 - Contando com a costumeira atenção dessa Casa Legislativa, solicitamos a apreciação da matéria em regime de urgência, dada a necessidade de regularização da pendência financeira e a importância de resguardar o equilíbrio financeiro dos fornecedores que prestam serviços ao Município.</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>PLO 110/2025 - Contando com a costumeira atenção dessa Casa Legislativa, solicitamos a apreciação da matéria em regime de urgência, dada a necessidade de regularização da pendência financeira e a importância de resguardar o equilíbrio financeiro dos fornecedores que prestam serviços ao Município.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/760/pedido_de_regime_de_urgencia_-_gessica_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, requer que seja submetido ao plenário o presente pedido de regime de urgência para apreciar o Projeto de lei nº. 108/2025.</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/762/regime_de_urgencia_pl_111_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação do Projeto de Lei nº 111/2025 em regime de urgência, nos termos da Lei Orgânica do Município e do Regimento Interno da Câmara Municipal de São Francisco, em razão do relevante interesse público da matéria.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>CEM</t>
+  </si>
+  <si>
+    <t>Chapa para Eleição da Mesa Diretora</t>
+  </si>
+  <si>
+    <t>https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/758/oficio_de_inscricao_da_chapa_unidos_por_uma_sao_francisco_melhor.pdf</t>
+  </si>
+  <si>
+    <t>Chapa "Unidos por uma São Francisco Melhor" para a eleição da Mesa Diretora do exercício de 2026, integrada pelos candidatos Ramiro Ferreira Lima (Presidente), Ivan Pereira dos Reis (Vice-Presidente), Antônio Fábio Vieira de Moura (1º Secretário) e Antônio Marcos Ferreira de Souza (2º Secretário).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6862,56 +7056,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_n_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/7/propositura_de_lei_no.002_alterando_estrutura_administrativa_-_secretaria_agricultura_-_20251.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/15/propositura_de_lei_no._003_doacao_equipamentos_ao_cisrun1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/16/pl_no_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/59/pl_05_2025_-_calendario_oficial_de_eventos_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_6-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/95/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/100/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_no._004_-_credito_especial_sec._agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_006_todos_arquivos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/122/propositura_de_lei_no._005_-_instituindo_departamento_municipal_de_transito_e_trafego_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/123/pl_-_feira_do_agronegocio_4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/124/pl_-_dia_do_produtor_rural_4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._007_-_completo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_008_reversao_de_doacao1-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_permuta.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_17-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/159/recompoicao_servidores_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/215/pl_19_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/214/projeto_de_lei_no._009_-__alterando_lei_servicos_de_taxi1_-_a.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_21_2025_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_22_2025_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/228/pl_23_2025_denominacao_da_orla.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/242/pl_24_2025_denominacao_perimetral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_nc2ba_24_-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/268/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_no_27-2025_-_soros_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_no_28-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl_no_29_-_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_lei_nc2ba_30_-2025_-_gessica_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/316/propositura_de_lei_012_autorizando_concessao_servico_transporte_passageiros_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_lei_no._011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto_de_lei_no_33-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/344/pl_no_35_capoterapia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_completo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_37_2025_alteracao_denominacao_de_associacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_loteria_completo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_39_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_no_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/393/pl_41_2025_-_utilidade_publica_liga.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no._16_-_reconhecimento_de_divida_frigo_guedes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_no._015_-_reconhecimento_de_divida_silvano.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_017_permuta_belmiro_parque_dos_carreiros.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_019_-_permuta_cristiane_almeida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_no._018_permuta_escola_belmiro_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_de_lei_-_refis_20251.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_021_-_parque_carreiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_completo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_completo_com_os_anexos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no._024_-_reconhecimento_de_divida_hre_completo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no._026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/445/pl_53_2025_-_alteracao_denominacao_de_associacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto_de_lei_no_54_-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_026__-_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_027_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_028_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/474/pl_58_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/476/pl_59_autoriza_convenio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_globalmix_completo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/493/pl_61_2025_proibicao_transito_escolas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_62_2025_utilidade_publica_pedra_dos_angicos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_doacao_de_terreno_valdemiro_ramos_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_reconhecimento_de_divida_luiz_marcelo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_no._031_-_credito_especial_sec._agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_no_66_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_completo_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei_no._034_altera_prazo_forum_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_035_-_altera_lei_3364_aprensao_dos_animais1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/531/pl_70_22025_-_denominacao_de_logradouro_galeria.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/535/pl_71_2025_denominacao_de_logradouro_ze_afonso.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_no_72__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_no._036_-_reajuste_servidores_educacao_-_assinado_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_037_-_abono_mecanicos_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_038_doacao_fadenorte_completo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_lei_039_doacao_production_completo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no._040_-_altera_lei_3327_mirante_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no._041_doacao_marcos_rogerio_completo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_no._042_doacao_jb_distribuidora_completo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_no._043_doacao_denilson_goncalves_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_no._044_doacao_jls_locacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei_no._045_doacao_gildinei_saraiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_046_-_doacao_jm_automecanica_e_transportes_assinada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_047_completo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_048_-_doacao_maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/617/pl_86_2025_denominacao_de_logradouro_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/620/propositura_de_lei_051_-_estalece_estrutura_administrativa_depto._municipal_de_transito_-_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/621/propositura_de_lei_052_-_cessao_onerosa_peixe_vivo_-_20251.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/639/pl_89_2025_-_alteracao_denominacao_de_associacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/640/pl_90_2025_-_alteracao_denominacao_de_associacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/666/loa_completa_e_assinada.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/670/pl_92_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_lei_jm_alterado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/679/projeto_de_lei_gildinei_saraiva_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_no_95_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_054_-__regulamenta_atuacao_de_oss_no_municipio_de_sao_francisco_-_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_desafetacao_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_055_-_cria_cargo_de_monitor_pronto_-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_056_-_equiparacao_de_carga_horaria_-_revisada1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/706/propositura_057_de_lei_pagamento_ifa_a_acs_e_ace_-_20251-1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/707/propositura_058_-de_lei_alterando_lei_municipal_3.379.2022_-_piso_salarial_acs_e_ace_-_20251.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_completo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_plano_de_cargos_e_salarios_quantitativo_cargos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_doacao_de_terreno_auto_tec_diesel_ltda.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_permuta_espolio_joao_cordeiro_completo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_060_-_completo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_decreto_legislativo_baixa_veiculo_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/575/pdecreto_legislativo_02_2025_baixa_moveis-1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_resolucao_01_cidadao_honorario_wagner_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_resolucao_no_2_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_resolucao_de_criacao_de_vaga_de_assessor.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/468/cidadao_honorario_wilson_assinado_250805_115753.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_resolucao_no_6_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/478/cidada_honoraria_irma_jussara_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pres_08_2025_cidadao_honorario_clyver_assinado_250818_121428.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/520/pres_09_2025_-_cidadao_honorario_dener_assinado_250827_212700.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/536/pres_10_2025_-_desfiliacao_abracam.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_resolucao_11_2025_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/709/pres_12_2025_cidadao_honorario_leksander-2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/194/emenda_aditiva_pl_18_2025_comissao_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/263/emenda_02_pl_19_2025_assinado_assinado_250411_102354.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/337/emenda_ldo_2026_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/360/emenda_04_2025_aditiva_emenda_lom_01.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/578/emenda_05_2025_-_supressiva_fadenorte.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/579/emenda_06_2025_-_supressiva_aderilson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/600/emenda_07_2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/665/emenda_aditiva_08_2025_plc_01_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/744/emenda_loa_2026_inclui_secretarias.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_-_instalacao_de_manilhas_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/12/ind._no_04.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/13/ind._no_05_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_no_6_-_walderiz.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/17/ind._no_07.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/18/ind._no_08.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/19/ind._no_09.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/20/ind._no_10.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/21/ind._no_11.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/22/ind._no_12.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/30/ind._no_13.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/24/ind._no_14.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_16_recuperacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_19_estradas_vicinais_escola.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_20_reservatorios.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_21_manilhas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_22_construcao_creche.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_23_retirada_canteiros.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_nc2ba_24_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_nc2ba_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_nba_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_nc2ba_27_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_nc2ba_31-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_nc2ba_32_250211_095151_assinado_250211_095625_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_nc2ba_33_assinado_250213_093636_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_nc2ba_34_assinado-2_250213_093428_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_35_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_no_36_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no_40_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/61/ind._no_41.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_nc2ba_42_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_43_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_nc2ba_44_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_nc2ba_45_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_nc2ba_46_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_nc2ba_47_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_no_48_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_no_49_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_no_50_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_nc2ba_51_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_nc2ba_52_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_nc2ba_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_no_55_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_nc2ba_56_-_assinada_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_57_1_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_58_-assinada.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_59_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_60_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no_61_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no_62_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_63_2025_assinado_250220_105549.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_64_2025_assinado_250220_105403.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_nc2ba_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_nc2ba_67_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_nc2ba_68_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_nc2ba_69_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_nc2ba_70_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_nc2ba_71_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_nc2ba_72_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_nc2ba_73_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no_74_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no_75_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no_76_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_nc2ba_77_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_78_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no_79_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no_80_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_81_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_82_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_83_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no_84_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_nc2ba_85_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_nc2ba_86_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_nc2ba_87_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_no_88_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no_89_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no_90_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_nc2ba_91_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_nc2ba_92_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_94_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_95_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_96_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_97_2025_asa_ponte_piteira_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_98_2025_quadra_croa_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_99_2025_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/176/portaria_100_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_nc2ba_101_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_nc2ba_102_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_padre_paraiso_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_107_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_nc2ba_108_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_nc2ba_109_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_110_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_111_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_112_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_113_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_114_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_115_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_no_116_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_117_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_118_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_119_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_120_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_nc2ba_121_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_nc2ba_122_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_nc2ba_123_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_124_permuta_ubs_assinado_250327_090048.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_125_extensao_rede_assinado_250327_090314.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_126_reforma_tinguis_assinado_250327_090540.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_127_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_nc2ba_128_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_129_2025_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_nc2ba_130_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_nc2ba_131_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_nc2ba_132_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no_133_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no_134_-_ramiro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_135_-_permuta_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_136_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_no_137_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_138_centro_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_no_138_-_walderiz_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_nc2ba_140_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_nc2ba_141_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_nc2ba_142_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_143_ppp_quiosques_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_no_144_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_no_146_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_no_147_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_nc2ba_148_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_nc2ba_149_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_nc2ba_150_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_151_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_nc2ba_152_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_153_2025_permuta_presidio_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_nc2ba_154_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_nc2ba_155_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_nc2ba_156_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_157_-_geraldo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_nc2ba_158_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_159_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_160_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_161_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_162_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_nc2ba_163_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_nc2ba_164_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_nc2ba_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_166_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_167_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_nc2ba_168_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_no_169_-_assinatura.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_no_170_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_171_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_nc2ba_172_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_173_-_walderiz_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_174_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_177_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_no_178_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_no_179_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_no_180_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_183_coopanorte.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_184_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_185_-_cobertura_quadras.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_186_-_limpeza_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_187_-_destinacao_carros.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_188_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_189_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_190_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_191_-_geraldo_-_asssinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_192_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_193_2025_pavimentacao_retiro.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_194_2025_pavimentacao_retiro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_195_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_196_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_nc2ba_197_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_nc2ba_198_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_199_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_201_reforma_quadra_sobradinho.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_202_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_no_203_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_204_trajeto_carro_de_boi.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_205_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/401/assinado_-_indicacao_206_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_207_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_no_208_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_209_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_210_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_211_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_no_212_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_no_213_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no_214_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_215_2025_profissional_vacina_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_216_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_217_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_218_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_219_2025_extensao_da_rede_eletrica_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_220_-assinada.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_221_-_assinada_3.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_222_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_-_223_2025_mae_casilda_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_224_2025_recuperacao_de_estrada_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_nc2ba_225_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_226_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_227_2025_reforma_ponte_tinguis_assinado_250821_092535.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_228_2025_reforma_estrada_assinado_250821_092709.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_229_2025_doacao_apae.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_230_2025_-_recuperacao_de_estradas_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_231_2025_-_recuperacao_de_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_232_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_233_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_234_2025_-_alinhamento_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_235_2025_reforma_cozinha_bom_menino.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_236_2025_pintura_quadra_bom_menino.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_237_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/556/indicacao_238_2025_permuta.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_239_2025_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_240_2025_troca_lampadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/562/indicacao_241_2025_modifica_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_243_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_244_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_245_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_246_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_no_247_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_no_248_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_no_249_-assinada_1.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_no_250_-assinada_1.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_251_2025_reforma_cemei.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_252_2025_reforma_sao_judas.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_no_253_-_assinadaa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/593/indicacao_254_2025_correcao_remuneracao_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_255_2025_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_256_2025_-_limpeza_cemiterio_retiro.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_257_2025_-_praca_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_258_2025_pavimentacao_osvaldo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/605/indicacao_no_260_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_261_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_no_262_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_264_2025_acesso_canteiro.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_265_2025_sede_barreiro.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/622/indicacao_no_266_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/623/indicacao_267_2025_apicultura.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/624/indicacao_268_2025_manilhas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/625/indicacao_nc2ba_269_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_no_270_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_no_271_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_272_2025_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/629/indicacao_no_273_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_no_274_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/631/indicacao_275_2025_doacao_hortas.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/632/indicacao_276_2025_calcamento.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_no_277_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/642/assinado_-_indicacao_278_2025_ponte_retiro.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao_279_2025_extensao_de_rede.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao_no_280_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/645/indicacao_no_281_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_no_282_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/659/indicacao_no_283_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/660/indicacao_284_2025_quebra-mola_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/662/indicacao_no_285_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/663/indicacao_no_286_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_no_287_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/671/indicacao_no_288_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_289_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_290_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_291_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_292_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_293_2.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_295_2025_-_calcada_cemiterio_retiro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_296_2025_-_limpeza_lotes.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_297_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_298_2025_pavimentacoes_asfalticas.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_299_2025_quebra-mola.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_300_2025_extensao_de_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_301_2025_extensao_de_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_302_2025_barraginha.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_303_2025_reparo_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_304_2025_desapropriacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_305_distribuicao_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_306_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_307_-_assiada.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_308_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_no_309_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_310_2025_prorroga_reurb.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_311_2025_prorroga_refis.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_312_2025_meio-fio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_313_2025_meio-fio_retiro.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_314_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_nc2ba_315_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_317_2025_reforma_praca.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_alugueis_01_2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_salario_medicos-2_assinado_250224_101056.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_03_2025_assinado_250220_105741.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_04_2025_informacoes.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_nc2ba_5_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_06-2025_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_7_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_08_2025_informacoes_convenios.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_09_2025_informacoes_folha_desenvolvimento_social.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_nc2ba_10_assinado-1_assinado_250611_155631_1.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_11_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_12_1_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_13_2025_informacoes_aumento_travessia.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_nc2ba_14_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_no_15_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_16_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_no_17_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_nc2ba_18_-_ass_assinado_250912_102942.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/569/requerimento_no_19_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_no_20_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_no_21_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_no_22_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/611/requerimento_no_23_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_no_24_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_no_25_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_26_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_26_2025_informacoes_agentes.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/199/unimontes.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_louvor_pmmg_1.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/589/mocao_de_louvor_e_congratulacoes_-_servidores_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/590/mocao_de_louvor_e_congratulacoes_-_padre_nei.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/252/veto_ao_pl_no_017-_2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/353/veto_projeto_de_lei_271.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/465/razoes_veto_parcial_propositura_de_lei_permuta_imoveis_-_parque_do_carreiro.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/655/veto.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_no._049_-__alterando_codigo_tributario_municipal_-_20251.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/613/propositura_de_lei_no._050_-__institui_taxa_residuos_solidos_-_2025_-_taxa_do_lixo1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_altera_estatuto_gratificacao1-1.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/341/pl_emenda_a_lei_organica_2025_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/36/parecer_cfotc_pl_02.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/39/parecer_cljr_pl_04.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/40/parecer_cfotc_pl_04.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/103/pl_5_2025-1_assinado_250221_114652.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/104/pl_6_2025_-1_assinado_250221_114850_2.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/160/pl_09_2025_financas_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/161/pl_10_2025_financas_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/186/pl_18_2025_juridico.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/188/pl_18_2025_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/190/pl_17_2025_assinado_250321_110855_assinado.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/191/pl_16_2025_assinado_250321_110632_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/192/pl_16_2025_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/193/pl_18_2025_assinado-1_250321_111409_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/258/pl_19_2025_assinado_assinado_250411_090757.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/260/pl_20_2025_assinado_250410_101235_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/261/pl_22_2025_assinado_250410_101600_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_comissao_especial_do_veto_assinado_28129_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/264/pl_17_2025_veto__assinado_250410_102200_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_27_2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/320/pl_29_2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/321/pl_28_2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/336/pl_26_2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/338/pl_26_2025_financas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/339/pl_30_2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/340/pdecreto_01_2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/358/pdecreto_01_2025_financas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pelo_01_2025_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/361/assinado_-_pelo_01_2025_financas_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/363/pl_23_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/377/pl_32_2025_assinado_250613_121738.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/378/pl_33_2025_assinado_250613_121912.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/379/pl_35_2025_assinado_250613_122044.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/380/pl_36_2025_assinado_250613_122223.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/381/pl_34_2025_.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/382/pl_31_2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/409/pl_40_2025_assinado-1_250626_091417.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/410/pl_41_2025_assinado-1_250626_091223.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/411/pl_42_2025_assinado_250626_091542.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/412/assinado_-_pl_42_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/413/pl_43_2025_assinado_250626_091704.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/414/assinado_-_pl_43_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/415/pl_47_2025_assinado_250626_120711.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/417/assinado_-_pl_47_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/420/presolucao_03_2025_assinado_250627_214936.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/421/pl_38_2025_assinado_250627_215127.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/423/presolucao_03_2025_assinado_250627_214936.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/105/regime_de_urgencia_req_01_2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/106/regime_de_urgencia_req_02_2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/331/regime_de_urgencia_decreto.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/402/regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/477/regime_de_urgencia_pl_59_2025-1.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/522/pedido_de_regime_de_urgencia_-_requerimento_17_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/539/pedido_de_regime_de_urgencia_-_requerimento_18_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/565/regime_de_urgencia_fadenorte.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/576/pedido_de_regime_de_urgencia_-_requerimento_19_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/577/pedido_de_regime_de_urgencia_-_requerimento_20_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/595/pedido_de_regime_de_urgencia_-_requerimento_21_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/607/pedido_de_regime_de_urgencia_-_requerimento_22_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/612/pedido_de_regime_de_urgencia_-_requerimento_23_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/647/pedido_de_regime_de_urgencia_-_requerimento_24_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/649/pedido_de_regime_de_urgencia_-_requerimento_25_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_regime_de_urgencia_-_requerimento_26_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/677/regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/700/regime_de_urgencia_daniel.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/722/pedido_de_regime_de_urgencia_-_ramiro_-_assinad.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/724/regime_de_urgencia_pl_100.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/740/pedido_de_regime_de_urgencia_projeto_104-2025.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_n_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/7/propositura_de_lei_no.002_alterando_estrutura_administrativa_-_secretaria_agricultura_-_20251.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/15/propositura_de_lei_no._003_doacao_equipamentos_ao_cisrun1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/16/pl_no_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/59/pl_05_2025_-_calendario_oficial_de_eventos_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_6-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/95/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/100/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/120/projeto_de_lei_no._004_-_credito_especial_sec._agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/121/projeto_de_lei_006_todos_arquivos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/122/propositura_de_lei_no._005_-_instituindo_departamento_municipal_de_transito_e_trafego_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/123/pl_-_feira_do_agronegocio_4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/124/pl_-_dia_do_produtor_rural_4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._007_-_completo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_008_reversao_de_doacao1-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_permuta.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_17-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/159/recompoicao_servidores_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/215/pl_19_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/214/projeto_de_lei_no._009_-__alterando_lei_servicos_de_taxi1_-_a.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/226/pl_21_2025_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/227/pl_22_2025_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/228/pl_23_2025_denominacao_da_orla.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/242/pl_24_2025_denominacao_perimetral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_nc2ba_24_-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/268/ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_no_27-2025_-_soros_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_no_28-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl_no_29_-_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_lei_nc2ba_30_-2025_-_gessica_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/316/propositura_de_lei_012_autorizando_concessao_servico_transporte_passageiros_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_lei_no._011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto_de_lei_no_33-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/344/pl_no_35_capoterapia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_completo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_37_2025_alteracao_denominacao_de_associacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_loteria_completo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_39_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_no_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/393/pl_41_2025_-_utilidade_publica_liga.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no._16_-_reconhecimento_de_divida_frigo_guedes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_no._015_-_reconhecimento_de_divida_silvano.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_017_permuta_belmiro_parque_dos_carreiros.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_019_-_permuta_cristiane_almeida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_no._018_permuta_escola_belmiro_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_de_lei_-_refis_20251.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_021_-_parque_carreiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_completo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_completo_com_os_anexos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no._024_-_reconhecimento_de_divida_hre_completo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no._026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/445/pl_53_2025_-_alteracao_denominacao_de_associacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto_de_lei_no_54_-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_026__-_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_027_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_028_reconhecimento_de_divida_gildinei_completo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/474/pl_58_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/476/pl_59_autoriza_convenio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_globalmix_completo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/493/pl_61_2025_proibicao_transito_escolas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_62_2025_utilidade_publica_pedra_dos_angicos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/505/projeto_de_lei_doacao_de_terreno_valdemiro_ramos_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/506/projeto_de_lei_reconhecimento_de_divida_luiz_marcelo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_no._031_-_credito_especial_sec._agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_no_66_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/528/projeto_completo_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/529/projeto_de_lei_no._034_altera_prazo_forum_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_035_-_altera_lei_3364_aprensao_dos_animais1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/531/pl_70_22025_-_denominacao_de_logradouro_galeria.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/535/pl_71_2025_denominacao_de_logradouro_ze_afonso.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_no_72__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_no._036_-_reajuste_servidores_educacao_-_assinado_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_lei_037_-_abono_mecanicos_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_038_doacao_fadenorte_completo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_lei_039_doacao_production_completo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no._040_-_altera_lei_3327_mirante_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no._041_doacao_marcos_rogerio_completo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_no._042_doacao_jb_distribuidora_completo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/549/projeto_de_lei_no._043_doacao_denilson_goncalves_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_no._044_doacao_jls_locacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei_no._045_doacao_gildinei_saraiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_046_-_doacao_jm_automecanica_e_transportes_assinada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_047_completo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_048_-_doacao_maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/617/pl_86_2025_denominacao_de_logradouro_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/620/propositura_de_lei_051_-_estalece_estrutura_administrativa_depto._municipal_de_transito_-_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/621/propositura_de_lei_052_-_cessao_onerosa_peixe_vivo_-_20251.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/639/pl_89_2025_-_alteracao_denominacao_de_associacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/640/pl_90_2025_-_alteracao_denominacao_de_associacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/666/loa_completa_e_assinada.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/670/pl_92_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_lei_jm_alterado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/679/projeto_de_lei_gildinei_saraiva_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/680/projeto_de_lei_no_95_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_054_-__regulamenta_atuacao_de_oss_no_municipio_de_sao_francisco_-_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_desafetacao_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_055_-_cria_cargo_de_monitor_pronto_-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_056_-_equiparacao_de_carga_horaria_-_revisada1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/706/propositura_057_de_lei_pagamento_ifa_a_acs_e_ace_-_20251-1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/707/propositura_058_-de_lei_alterando_lei_municipal_3.379.2022_-_piso_salarial_acs_e_ace_-_20251.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_completo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_plano_de_cargos_e_salarios_quantitativo_cargos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_doacao_de_terreno_auto_tec_diesel_ltda.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_permuta_espolio_joao_cordeiro_completo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/733/projeto_de_lei_060_-_completo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_reconhecimento_de_divida_cheiro_de_pimenta.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/750/projeto_de_lei_elcio_eletronica_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/761/projeto_de_lei_no._062_-_doacao_de_terreno_a_mitra.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_lei_permuta_evely.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_acordo_de_cooperacao_tribunal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_decreto_legislativo_baixa_veiculo_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/575/pdecreto_legislativo_02_2025_baixa_moveis-1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_resolucao_01_cidadao_honorario_wagner_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_resolucao_no_2_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_resolucao_de_criacao_de_vaga_de_assessor.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/468/cidadao_honorario_wilson_assinado_250805_115753.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_resolucao_no_6_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/478/cidada_honoraria_irma_jussara_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pres_08_2025_cidadao_honorario_clyver_assinado_250818_121428.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/520/pres_09_2025_-_cidadao_honorario_dener_assinado_250827_212700.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/536/pres_10_2025_-_desfiliacao_abracam.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_resolucao_11_2025_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/709/pres_12_2025_cidadao_honorario_leksander-2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/194/emenda_aditiva_pl_18_2025_comissao_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/263/emenda_02_pl_19_2025_assinado_assinado_250411_102354.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/337/emenda_ldo_2026_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/360/emenda_04_2025_aditiva_emenda_lom_01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/578/emenda_05_2025_-_supressiva_fadenorte.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/579/emenda_06_2025_-_supressiva_aderilson.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/600/emenda_07_2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/665/emenda_aditiva_08_2025_plc_01_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/744/emenda_09_2025_aditiva_emenda_lom_01_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_-_instalacao_de_manilhas_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/12/ind._no_04.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/13/ind._no_05_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_no_6_-_walderiz.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/17/ind._no_07.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/18/ind._no_08.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/19/ind._no_09.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/20/ind._no_10.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/21/ind._no_11.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/22/ind._no_12.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/30/ind._no_13.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/24/ind._no_14.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_16_recuperacao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_19_estradas_vicinais_escola.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_20_reservatorios.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_21_manilhas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_22_construcao_creche.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_23_retirada_canteiros.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_nc2ba_24_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_nc2ba_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_nba_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_nc2ba_27_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_nc2ba_31-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_nc2ba_32_250211_095151_assinado_250211_095625_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_nc2ba_33_assinado_250213_093636_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_nc2ba_34_assinado-2_250213_093428_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_35_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_no_36_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no_40_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/61/ind._no_41.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_nc2ba_42_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao_43_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_nc2ba_44_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_nc2ba_45_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_nc2ba_46_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_nc2ba_47_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_no_48_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_no_49_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_no_50_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_nc2ba_51_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_nc2ba_52_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_nc2ba_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_no_55_2.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_nc2ba_56_-_assinada_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_57_1_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_58_-assinada.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_59_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_60_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no_61_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no_62_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_63_2025_assinado_250220_105549.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_64_2025_assinado_250220_105403.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_nc2ba_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_nc2ba_67_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_nc2ba_68_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_nc2ba_69_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_nc2ba_70_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_nc2ba_71_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_nc2ba_72_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_nc2ba_73_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no_74_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no_75_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no_76_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_nc2ba_77_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_78_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no_79_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no_80_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_81_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_82_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_83_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no_84_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_nc2ba_85_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_nc2ba_86_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_nc2ba_87_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_no_88_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no_89_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no_90_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_nc2ba_91_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_nc2ba_92_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_94_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_95_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_96_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_97_2025_asa_ponte_piteira_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_98_2025_quadra_croa_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_99_2025_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/176/portaria_100_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_nc2ba_101_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_nc2ba_102_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_padre_paraiso_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_107_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_nc2ba_108_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_nc2ba_109_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_110_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_111_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_112_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_113_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_114_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_115_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_no_116_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_117_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_118_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_119_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_120_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_nc2ba_121_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_nc2ba_122_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_nc2ba_123_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_124_permuta_ubs_assinado_250327_090048.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_125_extensao_rede_assinado_250327_090314.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_126_reforma_tinguis_assinado_250327_090540.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_127_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_nc2ba_128_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_129_2025_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_nc2ba_130_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_nc2ba_131_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_nc2ba_132_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no_133_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no_134_-_ramiro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_135_-_permuta_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_136_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_no_137_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_138_centro_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_no_138_-_walderiz_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_nc2ba_140_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_nc2ba_141_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_nc2ba_142_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_143_ppp_quiosques_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_no_144_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_no_146_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_no_147_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_nc2ba_148_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_nc2ba_149_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_nc2ba_150_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_151_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_nc2ba_152_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_153_2025_permuta_presidio_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_nc2ba_154_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_nc2ba_155_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_nc2ba_156_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_157_-_geraldo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_nc2ba_158_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_159_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_160_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_161_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_162_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_nc2ba_163_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_nc2ba_164_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_nc2ba_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_no_166_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_167_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_nc2ba_168_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_no_169_-_assinatura.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_no_170_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/318/indicacao_no_171_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_nc2ba_172_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_173_-_walderiz_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_174_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_177_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_no_178_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_no_179_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_no_180_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_183_coopanorte.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_184_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_185_-_cobertura_quadras.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_186_-_limpeza_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_187_-_destinacao_carros.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_188_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/355/indicacao_189_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_190_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_191_-_geraldo_-_asssinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_192_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_193_2025_pavimentacao_retiro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_194_2025_pavimentacao_retiro.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_195_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_196_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_nc2ba_197_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_nc2ba_198_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_no_199_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_201_reforma_quadra_sobradinho.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no_202_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_no_203_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_204_trajeto_carro_de_boi.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_205_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/401/assinado_-_indicacao_206_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_207_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_no_208_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_209_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_210_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_211_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_no_212_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_no_213_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no_214_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_215_2025_profissional_vacina_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_216_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_217_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_218_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_219_2025_extensao_da_rede_eletrica_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_220_-assinada.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_221_-_assinada_3.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_222_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_-_223_2025_mae_casilda_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_224_2025_recuperacao_de_estrada_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_nc2ba_225_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_226_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_227_2025_reforma_ponte_tinguis_assinado_250821_092535.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_228_2025_reforma_estrada_assinado_250821_092709.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_229_2025_doacao_apae.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_230_2025_-_recuperacao_de_estradas_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_231_2025_-_recuperacao_de_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_232_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_233_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_234_2025_-_alinhamento_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_235_2025_reforma_cozinha_bom_menino.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_236_2025_pintura_quadra_bom_menino.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_237_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/556/indicacao_238_2025_permuta.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_239_2025_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_240_2025_troca_lampadas_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/562/indicacao_241_2025_modifica_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_243_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_244_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_245_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_246_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao_no_247_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_no_248_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_no_249_-assinada_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao_no_250_-assinada_1.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_251_2025_reforma_cemei.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_252_2025_reforma_sao_judas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_no_253_-_assinadaa.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/593/indicacao_254_2025_correcao_remuneracao_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_255_2025_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_256_2025_-_limpeza_cemiterio_retiro.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_257_2025_-_praca_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_258_2025_pavimentacao_osvaldo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/604/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/605/indicacao_no_260_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_261_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_no_262_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_264_2025_acesso_canteiro.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_265_2025_sede_barreiro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/622/indicacao_no_266_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/623/indicacao_267_2025_apicultura.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/624/indicacao_268_2025_manilhas.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/625/indicacao_nc2ba_269_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao_no_270_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/627/indicacao_no_271_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_272_2025_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/629/indicacao_no_273_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/630/indicacao_no_274_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/631/indicacao_275_2025_doacao_hortas.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/632/indicacao_276_2025_calcamento.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/641/indicacao_no_277_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/642/assinado_-_indicacao_278_2025_ponte_retiro.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/643/indicacao_279_2025_extensao_de_rede.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/644/indicacao_no_280_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/645/indicacao_no_281_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_no_282_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/659/indicacao_no_283_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/660/indicacao_284_2025_quebra-mola_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/662/indicacao_no_285_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/663/indicacao_no_286_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_no_287_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/671/indicacao_no_288_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_289_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_290_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_291_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_292_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_293_2.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_295_2025_-_calcada_cemiterio_retiro.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_296_2025_-_limpeza_lotes.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_297_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_298_2025_pavimentacoes_asfalticas.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_299_2025_quebra-mola.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_300_2025_extensao_de_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_301_2025_extensao_de_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_302_2025_barraginha.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_303_2025_reparo_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_304_2025_desapropriacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_305_distribuicao_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_306_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_307_-_assiada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_308_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_no_309_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_310_2025_prorroga_reurb.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_311_2025_prorroga_refis.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_312_2025_meio-fio.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_313_2025_meio-fio_retiro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_314_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_nc2ba_315_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_317_2025_reforma_praca.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_alugueis_01_2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_salario_medicos-2_assinado_250224_101056.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_03_2025_assinado_250220_105741.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_04_2025_informacoes.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_nc2ba_5_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_06-2025_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_7_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_08_2025_informacoes_convenios.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_09_2025_informacoes_folha_desenvolvimento_social.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/371/requerimento_nc2ba_10_assinado-1_assinado_250611_155631_1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_11_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_12_1_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_13_2025_informacoes_aumento_travessia.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_nc2ba_14_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_no_15_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_16_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_no_17_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento_nc2ba_18_-_ass_assinado_250912_102942.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/569/requerimento_no_19_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_no_20_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_no_21_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_no_22_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/611/requerimento_no_23_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_no_24_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_no_25_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_26_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_26_2025_informacoes_agentes.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/83/mocao_de_louvor_e_congratulacoes_-_johnny_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/110/mocao_de_louvor_e_congratulacoes_-_gessica_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/199/unimontes.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_louvor_pmmg_1.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/589/mocao_de_louvor_e_congratulacoes_-_servidores_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/590/mocao_de_louvor_e_congratulacoes_-_padre_nei.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/746/mocao_de_louvor_e_congratulacoes_-_arlen_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/747/mocao_de_louvor_e_congratulacoes_-_walderiz_1.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/252/veto_ao_pl_no_017-_2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/353/veto_projeto_de_lei_271.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/465/razoes_veto_parcial_propositura_de_lei_permuta_imoveis_-_parque_do_carreiro.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/655/veto.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_no._049_-__alterando_codigo_tributario_municipal_-_20251.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/613/propositura_de_lei_no._050_-__institui_taxa_residuos_solidos_-_2025_-_taxa_do_lixo1.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_altera_estatuto_gratificacao1-1.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/341/pl_emenda_a_lei_organica_2025_1.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/36/parecer_cfotc_pl_02.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/39/parecer_cljr_pl_04.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/40/parecer_cfotc_pl_04.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/103/pl_5_2025-1_assinado_250221_114652.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/104/pl_6_2025_-1_assinado_250221_114850_2.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/160/pl_09_2025_financas_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/161/pl_10_2025_financas_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/186/pl_18_2025_juridico.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/188/pl_18_2025_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/190/pl_17_2025_assinado_250321_110855_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/191/pl_16_2025_assinado_250321_110632_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/192/pl_16_2025_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/193/pl_18_2025_assinado-1_250321_111409_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/258/pl_19_2025_assinado_assinado_250411_090757.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/260/pl_20_2025_assinado_250410_101235_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/261/pl_22_2025_assinado_250410_101600_assinado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_comissao_especial_do_veto_assinado_28129_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/264/pl_17_2025_veto__assinado_250410_102200_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_27_2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/320/pl_29_2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/321/pl_28_2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/336/pl_26_2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/338/pl_26_2025_financas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/339/pl_30_2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/340/pdecreto_01_2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/358/pdecreto_01_2025_financas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pelo_01_2025_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/361/assinado_-_pelo_01_2025_financas_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/363/pl_23_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/377/pl_32_2025_assinado_250613_121738.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/378/pl_33_2025_assinado_250613_121912.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/379/pl_35_2025_assinado_250613_122044.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/380/pl_36_2025_assinado_250613_122223.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/381/pl_34_2025_.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/382/pl_31_2025.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/409/pl_40_2025_assinado-1_250626_091417.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/410/pl_41_2025_assinado-1_250626_091223.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/411/pl_42_2025_assinado_250626_091542.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/412/assinado_-_pl_42_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/413/pl_43_2025_assinado_250626_091704.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/414/assinado_-_pl_43_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/415/pl_47_2025_assinado_250626_120711.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/417/assinado_-_pl_47_2025_financas.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/420/presolucao_03_2025_assinado_250627_214936.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/421/pl_38_2025_assinado_250627_215127.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/423/presolucao_03_2025_assinado_250627_214936.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/105/regime_de_urgencia_req_01_2025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/106/regime_de_urgencia_req_02_2025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/331/regime_de_urgencia_decreto.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/402/regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/477/regime_de_urgencia_pl_59_2025-1.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/522/pedido_de_regime_de_urgencia_-_requerimento_17_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/539/pedido_de_regime_de_urgencia_-_requerimento_18_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/565/regime_de_urgencia_fadenorte.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/576/pedido_de_regime_de_urgencia_-_requerimento_19_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/577/pedido_de_regime_de_urgencia_-_requerimento_20_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/595/pedido_de_regime_de_urgencia_-_requerimento_21_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/607/pedido_de_regime_de_urgencia_-_requerimento_22_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/612/pedido_de_regime_de_urgencia_-_requerimento_23_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/647/pedido_de_regime_de_urgencia_-_requerimento_24_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/649/pedido_de_regime_de_urgencia_-_requerimento_25_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_regime_de_urgencia_-_requerimento_26_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/677/regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/700/regime_de_urgencia_daniel.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/722/pedido_de_regime_de_urgencia_-_ramiro_-_assinad.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/724/regime_de_urgencia_pl_100.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/740/pedido_de_regime_de_urgencia_projeto_104-2025.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/760/pedido_de_regime_de_urgencia_-_gessica_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/762/regime_de_urgencia_pl_111_2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofrancisco.mg.leg.br/media/sapl/public/materialegislativa/2025/758/oficio_de_inscricao_da_chapa_unidos_por_uma_sao_francisco_melhor.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H723"/>
+  <dimension ref="A1:H745"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="168.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -9699,16009 +9893,16581 @@
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H108" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>443</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>10</v>
+        <v>444</v>
       </c>
       <c r="D109" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="F109" t="s">
-[...2 lines deleted...]
-      <c r="G109" s="1" t="s">
+      <c r="H109" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>447</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>448</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>445</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H110" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>452</v>
       </c>
       <c r="D111" t="s">
-        <v>451</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>452</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="G111" s="1" t="s">
+      <c r="H111" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>455</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
         <v>456</v>
       </c>
-      <c r="B112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" t="s">
-        <v>451</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>452</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H112" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>459</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>21</v>
+        <v>460</v>
       </c>
       <c r="D113" t="s">
-        <v>451</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>452</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H113" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>25</v>
+        <v>464</v>
       </c>
       <c r="D114" t="s">
-        <v>451</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>452</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H114" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>451</v>
+        <v>468</v>
       </c>
       <c r="E115" t="s">
-        <v>452</v>
+        <v>469</v>
       </c>
       <c r="F115" t="s">
-        <v>466</v>
+        <v>26</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H115" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>472</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>17</v>
+      </c>
+      <c r="D116" t="s">
+        <v>468</v>
+      </c>
+      <c r="E116" t="s">
         <v>469</v>
       </c>
-      <c r="B116" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H116" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>451</v>
+        <v>475</v>
       </c>
       <c r="E117" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="F117" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H117" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>480</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>475</v>
+      </c>
+      <c r="E118" t="s">
         <v>476</v>
       </c>
-      <c r="B118" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>466</v>
+        <v>112</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="H118" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D119" t="s">
-        <v>451</v>
+        <v>475</v>
       </c>
       <c r="E119" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="F119" t="s">
-        <v>466</v>
+        <v>26</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="H119" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D120" t="s">
-        <v>451</v>
+        <v>475</v>
       </c>
       <c r="E120" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="F120" t="s">
         <v>26</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="H120" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D121" t="s">
-        <v>451</v>
+        <v>475</v>
       </c>
       <c r="E121" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="F121" t="s">
-        <v>26</v>
+        <v>490</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H121" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D122" t="s">
-        <v>451</v>
+        <v>475</v>
       </c>
       <c r="E122" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="F122" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H122" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D123" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E123" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="F123" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="H123" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D124" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E124" t="s">
-        <v>493</v>
+        <v>476</v>
+      </c>
+      <c r="F124" t="s">
+        <v>490</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="H124" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D125" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E125" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="F125" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="H125" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D126" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E126" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="F126" t="s">
-        <v>247</v>
+        <v>26</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="H126" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="D127" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E127" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="F127" t="s">
-        <v>247</v>
+        <v>26</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="H127" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="D128" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="E128" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="F128" t="s">
-        <v>247</v>
+        <v>31</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="H128" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E129" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F129" t="s">
-        <v>78</v>
+        <v>518</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="H129" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E130" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>517</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="H130" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E131" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F131" t="s">
-        <v>519</v>
+        <v>497</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H131" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>44</v>
+        <v>527</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E132" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F132" t="s">
-        <v>112</v>
+        <v>247</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H132" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>49</v>
+        <v>530</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D133" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E133" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F133" t="s">
-        <v>526</v>
+        <v>247</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="H133" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>56</v>
+        <v>533</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D134" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E134" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F134" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="H134" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>60</v>
+        <v>536</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D135" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E135" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F135" t="s">
-        <v>531</v>
+        <v>78</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H135" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>64</v>
+        <v>539</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="D136" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E136" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F136" t="s">
-        <v>534</v>
+        <v>518</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H136" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>67</v>
+        <v>542</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D137" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E137" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="F137" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="H137" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D138" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E138" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F138" t="s">
-        <v>540</v>
+        <v>112</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="H138" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D139" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E139" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F139" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="H139" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D140" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E140" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F140" t="s">
-        <v>546</v>
+        <v>121</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="H140" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D141" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E141" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F141" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="H141" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D142" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E142" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F142" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="H142" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D143" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E143" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F143" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="H143" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D144" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E144" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F144" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="H144" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D145" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E145" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F145" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="H145" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D146" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E146" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F146" t="s">
-        <v>162</v>
+        <v>570</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="H146" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D147" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E147" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F147" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="H147" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="D148" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E148" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F148" t="s">
-        <v>162</v>
+        <v>576</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="H148" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="D149" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E149" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F149" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="H149" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D150" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E150" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F150" t="s">
-        <v>121</v>
+        <v>582</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="H150" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="D151" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E151" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F151" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="H151" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>141</v>
+        <v>111</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="D152" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E152" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F152" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="H152" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="D153" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E153" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F153" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="H153" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>149</v>
+        <v>120</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="D154" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E154" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F154" t="s">
-        <v>583</v>
+        <v>162</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="H154" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>182</v>
+        <v>125</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="D155" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E155" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F155" t="s">
-        <v>162</v>
+        <v>594</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="H155" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>190</v>
+        <v>129</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="D156" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E156" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F156" t="s">
-        <v>588</v>
+        <v>121</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="H156" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>194</v>
+        <v>137</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="D157" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E157" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F157" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="H157" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>198</v>
+        <v>141</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="D158" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E158" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F158" t="s">
-        <v>594</v>
+        <v>121</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="H158" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>206</v>
+        <v>145</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="D159" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E159" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F159" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="H159" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>209</v>
+        <v>149</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D160" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E160" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F160" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H160" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="D161" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E161" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F161" t="s">
-        <v>602</v>
+        <v>162</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="H161" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="D162" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E162" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F162" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="H162" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="D163" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E163" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F163" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="H163" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="D164" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E164" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F164" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="H164" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="D165" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E165" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F165" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="H165" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="D166" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E166" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F166" t="s">
-        <v>583</v>
+        <v>621</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="H166" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="D167" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E167" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F167" t="s">
-        <v>121</v>
+        <v>626</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="H167" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="D168" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E168" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F168" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="H168" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="D169" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E169" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F169" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="H169" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>170</v>
+        <v>145</v>
       </c>
       <c r="D170" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E170" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F170" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="H170" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>246</v>
+        <v>225</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="D171" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E171" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F171" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="H171" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="D172" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E172" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F172" t="s">
-        <v>631</v>
+        <v>607</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="H172" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>261</v>
+        <v>234</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>182</v>
+        <v>157</v>
       </c>
       <c r="D173" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E173" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F173" t="s">
-        <v>634</v>
+        <v>121</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="H173" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>265</v>
+        <v>238</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>186</v>
+        <v>161</v>
       </c>
       <c r="D174" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E174" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F174" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="H174" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>269</v>
+        <v>242</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>190</v>
+        <v>166</v>
       </c>
       <c r="D175" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E175" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F175" t="s">
-        <v>555</v>
+        <v>647</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="H175" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>273</v>
+        <v>202</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D176" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E176" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F176" t="s">
-        <v>555</v>
+        <v>644</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="H176" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>277</v>
+        <v>246</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>198</v>
+        <v>174</v>
       </c>
       <c r="D177" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E177" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F177" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="H177" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>281</v>
+        <v>257</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="D178" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E178" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F178" t="s">
-        <v>555</v>
+        <v>655</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="H178" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="D179" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E179" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F179" t="s">
-        <v>453</v>
+        <v>658</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="H179" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>289</v>
+        <v>265</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>209</v>
+        <v>186</v>
       </c>
       <c r="D180" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E180" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F180" t="s">
-        <v>453</v>
+        <v>661</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>651</v>
+        <v>662</v>
       </c>
       <c r="H180" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="D181" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E181" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F181" t="s">
-        <v>653</v>
+        <v>579</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="H181" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="D182" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E182" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F182" t="s">
-        <v>531</v>
+        <v>579</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="H182" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="D183" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E183" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F183" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="H183" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>350</v>
+        <v>281</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="D184" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E184" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F184" t="s">
-        <v>661</v>
+        <v>579</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="H184" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>354</v>
+        <v>285</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D185" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E185" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F185" t="s">
-        <v>664</v>
+        <v>477</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="H185" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>358</v>
+        <v>289</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="D186" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E186" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F186" t="s">
-        <v>667</v>
+        <v>477</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="H186" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>362</v>
+        <v>293</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>238</v>
+        <v>213</v>
       </c>
       <c r="D187" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E187" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F187" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="H187" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>366</v>
+        <v>298</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>242</v>
+        <v>217</v>
       </c>
       <c r="D188" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E188" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F188" t="s">
-        <v>667</v>
+        <v>555</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="H188" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>370</v>
+        <v>302</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="D189" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E189" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F189" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="H189" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="D190" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E190" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F190" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="H190" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>397</v>
+        <v>354</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>34</v>
+        <v>230</v>
       </c>
       <c r="D191" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E191" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F191" t="s">
-        <v>121</v>
+        <v>688</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="H191" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>416</v>
+        <v>358</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>257</v>
+        <v>234</v>
       </c>
       <c r="D192" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E192" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F192" t="s">
-        <v>583</v>
+        <v>691</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="H192" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>420</v>
+        <v>362</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="D193" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E193" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F193" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="H193" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>405</v>
+        <v>366</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="D194" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E194" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F194" t="s">
-        <v>466</v>
+        <v>691</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="H194" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>409</v>
+        <v>370</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>269</v>
+        <v>246</v>
       </c>
       <c r="D195" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E195" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F195" t="s">
-        <v>466</v>
+        <v>699</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H195" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>692</v>
+        <v>374</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="D196" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E196" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F196" t="s">
-        <v>78</v>
+        <v>702</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="H196" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>695</v>
+        <v>397</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="D197" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E197" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F197" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="H197" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>698</v>
+        <v>416</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>281</v>
+        <v>257</v>
       </c>
       <c r="D198" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E198" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F198" t="s">
-        <v>99</v>
+        <v>607</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="H198" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>701</v>
+        <v>420</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="D199" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E199" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F199" t="s">
-        <v>555</v>
+        <v>709</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="H199" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>704</v>
+        <v>405</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>289</v>
+        <v>265</v>
       </c>
       <c r="D200" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E200" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F200" t="s">
-        <v>555</v>
+        <v>490</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="H200" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>707</v>
+        <v>409</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
       <c r="D201" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E201" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F201" t="s">
-        <v>555</v>
+        <v>490</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="H201" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>710</v>
+        <v>456</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="D202" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E202" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F202" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="H202" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>713</v>
+        <v>460</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="D203" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E203" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F203" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="H203" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>716</v>
+        <v>464</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>306</v>
+        <v>281</v>
       </c>
       <c r="D204" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E204" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F204" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="H204" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>310</v>
+        <v>285</v>
       </c>
       <c r="D205" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E205" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F205" t="s">
-        <v>40</v>
+        <v>579</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="H205" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="D206" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E206" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F206" t="s">
-        <v>40</v>
+        <v>579</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="H206" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="D207" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E207" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F207" t="s">
-        <v>121</v>
+        <v>579</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H207" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="D208" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E208" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F208" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="H208" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="D209" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E209" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F209" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="H209" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="D210" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E210" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F210" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="H210" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="D211" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E211" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F211" t="s">
-        <v>453</v>
+        <v>40</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="H211" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>338</v>
+        <v>314</v>
       </c>
       <c r="D212" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E212" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F212" t="s">
-        <v>453</v>
+        <v>40</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="H212" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="D213" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E213" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F213" t="s">
         <v>121</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="H213" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="D214" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E214" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F214" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="H214" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>350</v>
+        <v>326</v>
       </c>
       <c r="D215" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E215" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F215" t="s">
         <v>121</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="H215" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="D216" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E216" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F216" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="H216" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D217" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E217" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F217" t="s">
-        <v>112</v>
+        <v>477</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H217" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="D218" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E218" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F218" t="s">
-        <v>112</v>
+        <v>477</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="H218" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D219" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E219" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F219" t="s">
         <v>121</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="H219" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
       <c r="D220" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E220" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F220" t="s">
         <v>121</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="H220" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D221" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E221" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F221" t="s">
         <v>121</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="H221" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>378</v>
+        <v>354</v>
       </c>
       <c r="D222" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E222" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F222" t="s">
         <v>112</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="H222" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D223" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E223" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F223" t="s">
         <v>112</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="H223" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
       <c r="D224" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E224" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F224" t="s">
-        <v>45</v>
+        <v>112</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="H224" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>390</v>
+        <v>366</v>
       </c>
       <c r="D225" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E225" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F225" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="H225" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>39</v>
+        <v>370</v>
       </c>
       <c r="D226" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E226" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F226" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="H226" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="D227" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E227" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F227" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="H227" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>401</v>
+        <v>378</v>
       </c>
       <c r="D228" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E228" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F228" t="s">
-        <v>555</v>
+        <v>112</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="H228" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>405</v>
+        <v>382</v>
       </c>
       <c r="D229" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E229" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F229" t="s">
-        <v>555</v>
+        <v>112</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="H229" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>409</v>
+        <v>386</v>
       </c>
       <c r="D230" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E230" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F230" t="s">
-        <v>555</v>
+        <v>45</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="H230" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>43</v>
+        <v>390</v>
       </c>
       <c r="D231" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E231" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F231" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H231" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>416</v>
+        <v>39</v>
       </c>
       <c r="D232" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E232" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F232" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="H232" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>420</v>
+        <v>397</v>
       </c>
       <c r="D233" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E233" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F233" t="s">
         <v>162</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="H233" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>424</v>
+        <v>401</v>
       </c>
       <c r="D234" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E234" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F234" t="s">
-        <v>247</v>
+        <v>579</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="H234" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>428</v>
+        <v>405</v>
       </c>
       <c r="D235" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E235" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F235" t="s">
-        <v>473</v>
+        <v>579</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="H235" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>432</v>
+        <v>409</v>
       </c>
       <c r="D236" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E236" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F236" t="s">
-        <v>473</v>
+        <v>579</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="H236" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>436</v>
+        <v>43</v>
       </c>
       <c r="D237" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E237" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F237" t="s">
-        <v>473</v>
+        <v>78</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="H237" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="D238" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E238" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F238" t="s">
-        <v>45</v>
+        <v>162</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="H238" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>822</v>
+        <v>420</v>
       </c>
       <c r="D239" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E239" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F239" t="s">
         <v>162</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="H239" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>826</v>
+        <v>424</v>
       </c>
       <c r="D240" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E240" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F240" t="s">
-        <v>162</v>
+        <v>247</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="H240" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>830</v>
+        <v>428</v>
       </c>
       <c r="D241" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E241" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F241" t="s">
-        <v>555</v>
+        <v>497</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>831</v>
       </c>
       <c r="H241" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>833</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>692</v>
+        <v>432</v>
       </c>
       <c r="D242" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E242" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F242" t="s">
-        <v>555</v>
+        <v>497</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>834</v>
       </c>
       <c r="H242" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>836</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>695</v>
+        <v>436</v>
       </c>
       <c r="D243" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E243" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F243" t="s">
-        <v>555</v>
+        <v>497</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>837</v>
       </c>
       <c r="H243" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>839</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>698</v>
+        <v>440</v>
       </c>
       <c r="D244" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E244" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F244" t="s">
-        <v>121</v>
+        <v>45</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>840</v>
       </c>
       <c r="H244" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>842</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>701</v>
+        <v>444</v>
       </c>
       <c r="D245" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E245" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F245" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>843</v>
       </c>
       <c r="H245" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>845</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>704</v>
+        <v>448</v>
       </c>
       <c r="D246" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E246" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F246" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>846</v>
       </c>
       <c r="H246" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>848</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>707</v>
+        <v>452</v>
       </c>
       <c r="D247" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E247" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F247" t="s">
-        <v>294</v>
+        <v>579</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>849</v>
       </c>
       <c r="H247" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>851</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>710</v>
+        <v>456</v>
       </c>
       <c r="D248" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E248" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F248" t="s">
-        <v>294</v>
+        <v>579</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>852</v>
       </c>
       <c r="H248" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>854</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>713</v>
+        <v>460</v>
       </c>
       <c r="D249" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E249" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F249" t="s">
-        <v>294</v>
+        <v>579</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>855</v>
       </c>
       <c r="H249" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>857</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>716</v>
+        <v>464</v>
       </c>
       <c r="D250" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E250" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F250" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>858</v>
       </c>
       <c r="H250" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>860</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>48</v>
+        <v>722</v>
       </c>
       <c r="D251" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E251" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F251" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>861</v>
       </c>
       <c r="H251" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>863</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>52</v>
+        <v>725</v>
       </c>
       <c r="D252" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E252" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F252" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>864</v>
       </c>
       <c r="H252" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>866</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>55</v>
+        <v>728</v>
       </c>
       <c r="D253" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E253" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F253" t="s">
-        <v>112</v>
+        <v>294</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>867</v>
       </c>
       <c r="H253" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>869</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>59</v>
+        <v>731</v>
       </c>
       <c r="D254" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E254" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F254" t="s">
-        <v>112</v>
+        <v>294</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>870</v>
       </c>
       <c r="H254" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>872</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>63</v>
+        <v>734</v>
       </c>
       <c r="D255" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E255" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F255" t="s">
-        <v>466</v>
+        <v>294</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>873</v>
       </c>
       <c r="H255" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>875</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>66</v>
+        <v>737</v>
       </c>
       <c r="D256" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E256" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F256" t="s">
-        <v>466</v>
+        <v>40</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>876</v>
       </c>
       <c r="H256" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>878</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="D257" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E257" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F257" t="s">
-        <v>466</v>
+        <v>40</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>879</v>
       </c>
       <c r="H257" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>881</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>719</v>
+        <v>52</v>
       </c>
       <c r="D258" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E258" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F258" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>882</v>
       </c>
       <c r="H258" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>884</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>722</v>
+        <v>55</v>
       </c>
       <c r="D259" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E259" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F259" t="s">
-        <v>247</v>
+        <v>112</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>885</v>
       </c>
       <c r="H259" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>887</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>725</v>
+        <v>59</v>
       </c>
       <c r="D260" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E260" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F260" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>888</v>
       </c>
       <c r="H260" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>890</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>728</v>
+        <v>63</v>
       </c>
       <c r="D261" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E261" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F261" t="s">
-        <v>162</v>
+        <v>490</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>891</v>
       </c>
       <c r="H261" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>893</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>731</v>
+        <v>66</v>
       </c>
       <c r="D262" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E262" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F262" t="s">
-        <v>162</v>
+        <v>490</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>894</v>
       </c>
       <c r="H262" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>896</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>734</v>
+        <v>70</v>
       </c>
       <c r="D263" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E263" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F263" t="s">
-        <v>555</v>
+        <v>490</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>897</v>
       </c>
       <c r="H263" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>899</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
+        <v>740</v>
+      </c>
+      <c r="D264" t="s">
+        <v>546</v>
+      </c>
+      <c r="E264" t="s">
+        <v>547</v>
+      </c>
+      <c r="F264" t="s">
+        <v>40</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="D264" t="s">
-[...8 lines deleted...]
-      <c r="G264" s="1" t="s">
+      <c r="H264" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>902</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>743</v>
+      </c>
+      <c r="D265" t="s">
+        <v>546</v>
+      </c>
+      <c r="E265" t="s">
+        <v>547</v>
+      </c>
+      <c r="F265" t="s">
+        <v>247</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="H265" t="s">
         <v>904</v>
-      </c>
-[...13 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>905</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>746</v>
+      </c>
+      <c r="D266" t="s">
+        <v>546</v>
+      </c>
+      <c r="E266" t="s">
+        <v>547</v>
+      </c>
+      <c r="F266" t="s">
+        <v>78</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H266" t="s">
         <v>907</v>
-      </c>
-[...19 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>912</v>
+        <v>749</v>
       </c>
       <c r="D267" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E267" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F267" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="H267" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>916</v>
+        <v>752</v>
       </c>
       <c r="D268" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E268" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F268" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="H268" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>920</v>
+        <v>755</v>
       </c>
       <c r="D269" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E269" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F269" t="s">
-        <v>473</v>
+        <v>579</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="H269" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
       <c r="D270" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E270" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F270" t="s">
-        <v>121</v>
+        <v>294</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="H270" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
       <c r="D271" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E271" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F271" t="s">
-        <v>112</v>
+        <v>294</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="H271" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="D272" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E272" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F272" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="H272" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>935</v>
+        <v>929</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>936</v>
+        <v>930</v>
       </c>
       <c r="D273" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E273" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F273" t="s">
-        <v>247</v>
+        <v>121</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>937</v>
+        <v>931</v>
       </c>
       <c r="H273" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>73</v>
+        <v>934</v>
       </c>
       <c r="D274" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E274" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F274" t="s">
-        <v>247</v>
+        <v>121</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="H274" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>737</v>
+        <v>938</v>
       </c>
       <c r="D275" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E275" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F275" t="s">
-        <v>121</v>
+        <v>497</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="H275" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>740</v>
+        <v>942</v>
       </c>
       <c r="D276" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E276" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F276" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="H276" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
+        <v>945</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>946</v>
+      </c>
+      <c r="D277" t="s">
+        <v>546</v>
+      </c>
+      <c r="E277" t="s">
+        <v>547</v>
+      </c>
+      <c r="F277" t="s">
+        <v>112</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H277" t="s">
         <v>948</v>
-      </c>
-[...19 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>949</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>950</v>
+      </c>
+      <c r="D278" t="s">
+        <v>546</v>
+      </c>
+      <c r="E278" t="s">
+        <v>547</v>
+      </c>
+      <c r="F278" t="s">
+        <v>112</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="H278" t="s">
         <v>952</v>
-      </c>
-[...19 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>953</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>954</v>
+      </c>
+      <c r="D279" t="s">
+        <v>546</v>
+      </c>
+      <c r="E279" t="s">
+        <v>547</v>
+      </c>
+      <c r="F279" t="s">
+        <v>247</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H279" t="s">
         <v>956</v>
-      </c>
-[...19 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>961</v>
+        <v>73</v>
       </c>
       <c r="D280" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E280" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F280" t="s">
-        <v>112</v>
+        <v>247</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="H280" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>965</v>
+        <v>758</v>
       </c>
       <c r="D281" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E281" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F281" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="H281" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>76</v>
+        <v>761</v>
       </c>
       <c r="D282" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E282" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F282" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="H282" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>743</v>
+        <v>967</v>
       </c>
       <c r="D283" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E283" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F283" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="H283" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>746</v>
+        <v>971</v>
       </c>
       <c r="D284" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E284" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F284" t="s">
         <v>121</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="H284" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>749</v>
+        <v>975</v>
       </c>
       <c r="D285" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E285" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F285" t="s">
         <v>112</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="H285" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>752</v>
+        <v>979</v>
       </c>
       <c r="D286" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E286" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F286" t="s">
         <v>112</v>
       </c>
       <c r="G286" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H286" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>982</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
         <v>983</v>
       </c>
-      <c r="B287" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D287" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E287" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F287" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>984</v>
       </c>
       <c r="H287" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>986</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>758</v>
+        <v>76</v>
       </c>
       <c r="D288" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E288" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F288" t="s">
         <v>40</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>987</v>
       </c>
       <c r="H288" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>989</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
+        <v>764</v>
+      </c>
+      <c r="D289" t="s">
+        <v>546</v>
+      </c>
+      <c r="E289" t="s">
+        <v>547</v>
+      </c>
+      <c r="F289" t="s">
+        <v>112</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D289" t="s">
-[...8 lines deleted...]
-      <c r="G289" s="1" t="s">
+      <c r="H289" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>81</v>
+        <v>767</v>
       </c>
       <c r="D290" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E290" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F290" t="s">
         <v>121</v>
       </c>
       <c r="G290" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H290" t="s">
         <v>994</v>
-      </c>
-[...1 lines deleted...]
-        <v>995</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>995</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>770</v>
+      </c>
+      <c r="D291" t="s">
+        <v>546</v>
+      </c>
+      <c r="E291" t="s">
+        <v>547</v>
+      </c>
+      <c r="F291" t="s">
+        <v>112</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="H291" t="s">
         <v>997</v>
-      </c>
-[...13 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>998</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>773</v>
+      </c>
+      <c r="D292" t="s">
+        <v>546</v>
+      </c>
+      <c r="E292" t="s">
+        <v>547</v>
+      </c>
+      <c r="F292" t="s">
+        <v>112</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="H292" t="s">
         <v>1000</v>
-      </c>
-[...19 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1005</v>
+        <v>776</v>
       </c>
       <c r="D293" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E293" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F293" t="s">
-        <v>473</v>
+        <v>162</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="H293" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1009</v>
+        <v>779</v>
       </c>
       <c r="D294" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E294" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F294" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="H294" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>761</v>
+        <v>1008</v>
       </c>
       <c r="D295" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E295" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F295" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="H295" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>764</v>
+        <v>81</v>
       </c>
       <c r="D296" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E296" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F296" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="H296" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>767</v>
+        <v>1015</v>
       </c>
       <c r="D297" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E297" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F297" t="s">
         <v>121</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="H297" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D298" t="s">
+        <v>546</v>
+      </c>
+      <c r="E298" t="s">
+        <v>547</v>
+      </c>
+      <c r="F298" t="s">
+        <v>477</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H298" t="s">
         <v>1021</v>
-      </c>
-[...19 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D299" t="s">
+        <v>546</v>
+      </c>
+      <c r="E299" t="s">
+        <v>547</v>
+      </c>
+      <c r="F299" t="s">
+        <v>497</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B299" t="s">
-[...14 lines deleted...]
-      <c r="G299" s="1" t="s">
+      <c r="H299" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
         <v>1027</v>
       </c>
-      <c r="B300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D300" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E300" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F300" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="H300" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1030</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D301" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E301" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F301" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="H301" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>1033</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="D302" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E302" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F302" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="H302" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>1036</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="D303" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E303" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F303" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="H303" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>1039</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="D304" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E304" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F304" t="s">
         <v>121</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="H304" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>1042</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D305" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E305" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F305" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="H305" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>1045</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="D306" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E306" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F306" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="H306" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>1048</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="D307" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E307" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F307" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="H307" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>1051</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="D308" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E308" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F308" t="s">
-        <v>473</v>
+        <v>121</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="H308" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>1054</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D309" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E309" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F309" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="H309" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>1057</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
+        <v>809</v>
+      </c>
+      <c r="D310" t="s">
+        <v>546</v>
+      </c>
+      <c r="E310" t="s">
+        <v>547</v>
+      </c>
+      <c r="F310" t="s">
+        <v>121</v>
+      </c>
+      <c r="G310" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="D310" t="s">
-[...8 lines deleted...]
-      <c r="G310" s="1" t="s">
+      <c r="H310" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>812</v>
+      </c>
+      <c r="D311" t="s">
+        <v>546</v>
+      </c>
+      <c r="E311" t="s">
+        <v>547</v>
+      </c>
+      <c r="F311" t="s">
+        <v>121</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="H311" t="s">
         <v>1062</v>
-      </c>
-[...13 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>815</v>
+      </c>
+      <c r="D312" t="s">
+        <v>546</v>
+      </c>
+      <c r="E312" t="s">
+        <v>547</v>
+      </c>
+      <c r="F312" t="s">
+        <v>45</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H312" t="s">
         <v>1065</v>
-      </c>
-[...19 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="D313" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E313" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F313" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="H313" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="D314" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E314" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F314" t="s">
-        <v>121</v>
+        <v>497</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="H314" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="D315" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E315" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F315" t="s">
-        <v>453</v>
+        <v>112</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="H315" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D316" t="s">
+        <v>546</v>
+      </c>
+      <c r="E316" t="s">
+        <v>547</v>
+      </c>
+      <c r="F316" t="s">
+        <v>112</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H316" t="s">
         <v>1078</v>
-      </c>
-[...19 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D317" t="s">
+        <v>546</v>
+      </c>
+      <c r="E317" t="s">
+        <v>547</v>
+      </c>
+      <c r="F317" t="s">
+        <v>112</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="B317" t="s">
-[...2 lines deleted...]
-      <c r="C317" t="s">
+      <c r="H317" t="s">
         <v>1082</v>
-      </c>
-[...13 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D318" t="s">
+        <v>546</v>
+      </c>
+      <c r="E318" t="s">
+        <v>547</v>
+      </c>
+      <c r="F318" t="s">
+        <v>99</v>
+      </c>
+      <c r="G318" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="H318" t="s">
         <v>1086</v>
-      </c>
-[...13 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>827</v>
+      </c>
+      <c r="D319" t="s">
+        <v>546</v>
+      </c>
+      <c r="E319" t="s">
+        <v>547</v>
+      </c>
+      <c r="F319" t="s">
+        <v>99</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H319" t="s">
         <v>1089</v>
-      </c>
-[...19 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1094</v>
+        <v>830</v>
       </c>
       <c r="D320" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E320" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F320" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="H320" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1098</v>
+        <v>833</v>
       </c>
       <c r="D321" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E321" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F321" t="s">
-        <v>112</v>
+        <v>477</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="H321" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1102</v>
+        <v>836</v>
       </c>
       <c r="D322" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E322" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F322" t="s">
-        <v>40</v>
+        <v>247</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="H322" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1106</v>
+        <v>1100</v>
       </c>
       <c r="D323" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E323" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F323" t="s">
-        <v>121</v>
+        <v>477</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1107</v>
+        <v>1101</v>
       </c>
       <c r="H323" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="D324" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E324" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F324" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="H324" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1113</v>
+        <v>1107</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>491</v>
+        <v>1108</v>
       </c>
       <c r="D325" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E325" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F325" t="s">
-        <v>45</v>
+        <v>112</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="H325" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="D326" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E326" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F326" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="H326" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>450</v>
+        <v>1116</v>
       </c>
       <c r="D327" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E327" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F327" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="H327" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="D328" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E328" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F328" t="s">
-        <v>162</v>
+        <v>40</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="H328" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="D329" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E329" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F329" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="H329" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="D330" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E330" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F330" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="H330" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>818</v>
+        <v>515</v>
       </c>
       <c r="D331" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E331" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F331" t="s">
         <v>45</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="H331" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>821</v>
+        <v>1135</v>
       </c>
       <c r="D332" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E332" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F332" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="H332" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>825</v>
+        <v>474</v>
       </c>
       <c r="D333" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E333" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F333" t="s">
         <v>121</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="H333" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D334" t="s">
+        <v>546</v>
+      </c>
+      <c r="E334" t="s">
+        <v>547</v>
+      </c>
+      <c r="F334" t="s">
+        <v>162</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H334" t="s">
         <v>1144</v>
-      </c>
-[...19 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D335" t="s">
+        <v>546</v>
+      </c>
+      <c r="E335" t="s">
+        <v>547</v>
+      </c>
+      <c r="F335" t="s">
+        <v>162</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B335" t="s">
-[...14 lines deleted...]
-      <c r="G335" s="1" t="s">
+      <c r="H335" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
         <v>1150</v>
       </c>
-      <c r="B336" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D336" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E336" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F336" t="s">
-        <v>453</v>
+        <v>40</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="H336" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>1153</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>839</v>
       </c>
       <c r="D337" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E337" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F337" t="s">
-        <v>473</v>
+        <v>45</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="H337" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1156</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>842</v>
       </c>
       <c r="D338" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E338" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F338" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="H338" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1159</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>845</v>
       </c>
       <c r="D339" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E339" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F339" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H339" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1162</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>848</v>
       </c>
       <c r="D340" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E340" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F340" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="H340" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1165</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>851</v>
       </c>
       <c r="D341" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E341" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F341" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H341" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1168</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>854</v>
       </c>
       <c r="D342" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E342" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F342" t="s">
-        <v>112</v>
+        <v>477</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="H342" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1171</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>857</v>
       </c>
       <c r="D343" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E343" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F343" t="s">
-        <v>99</v>
+        <v>497</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H343" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1174</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>860</v>
       </c>
       <c r="D344" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E344" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F344" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="H344" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1177</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>89</v>
+        <v>863</v>
       </c>
       <c r="D345" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E345" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F345" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H345" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1180</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>85</v>
+        <v>866</v>
       </c>
       <c r="D346" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E346" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F346" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="H346" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1183</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="D347" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E347" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F347" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H347" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1186</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="D348" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E348" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F348" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H348" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1189</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="D349" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E349" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F349" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="H349" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1192</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="D350" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E350" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F350" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="H350" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1195</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>875</v>
+        <v>89</v>
       </c>
       <c r="D351" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E351" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F351" t="s">
         <v>121</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="H351" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1198</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>878</v>
+        <v>85</v>
       </c>
       <c r="D352" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E352" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F352" t="s">
-        <v>453</v>
+        <v>162</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H352" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1201</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>881</v>
       </c>
       <c r="D353" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E353" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F353" t="s">
-        <v>453</v>
+        <v>121</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H353" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1204</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>884</v>
       </c>
       <c r="D354" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E354" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F354" t="s">
-        <v>453</v>
+        <v>121</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H354" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1207</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
+        <v>887</v>
+      </c>
+      <c r="D355" t="s">
+        <v>546</v>
+      </c>
+      <c r="E355" t="s">
+        <v>547</v>
+      </c>
+      <c r="F355" t="s">
+        <v>121</v>
+      </c>
+      <c r="G355" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="D355" t="s">
-[...8 lines deleted...]
-      <c r="G355" s="1" t="s">
+      <c r="H355" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>890</v>
+      </c>
+      <c r="D356" t="s">
+        <v>546</v>
+      </c>
+      <c r="E356" t="s">
+        <v>547</v>
+      </c>
+      <c r="F356" t="s">
+        <v>162</v>
+      </c>
+      <c r="G356" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="H356" t="s">
         <v>1212</v>
-      </c>
-[...13 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>893</v>
+      </c>
+      <c r="D357" t="s">
+        <v>546</v>
+      </c>
+      <c r="E357" t="s">
+        <v>547</v>
+      </c>
+      <c r="F357" t="s">
+        <v>121</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H357" t="s">
         <v>1215</v>
-      </c>
-[...19 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>896</v>
+      </c>
+      <c r="D358" t="s">
+        <v>546</v>
+      </c>
+      <c r="E358" t="s">
+        <v>547</v>
+      </c>
+      <c r="F358" t="s">
+        <v>477</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H358" t="s">
         <v>1218</v>
-      </c>
-[...19 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>899</v>
+      </c>
+      <c r="D359" t="s">
+        <v>546</v>
+      </c>
+      <c r="E359" t="s">
+        <v>547</v>
+      </c>
+      <c r="F359" t="s">
+        <v>477</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H359" t="s">
         <v>1221</v>
-      </c>
-[...19 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>902</v>
+      </c>
+      <c r="D360" t="s">
+        <v>546</v>
+      </c>
+      <c r="E360" t="s">
+        <v>547</v>
+      </c>
+      <c r="F360" t="s">
+        <v>477</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H360" t="s">
         <v>1224</v>
-      </c>
-[...19 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>890</v>
+        <v>1226</v>
       </c>
       <c r="D361" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E361" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F361" t="s">
         <v>162</v>
       </c>
       <c r="G361" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H361" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
         <v>1230</v>
       </c>
-      <c r="B362" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D362" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E362" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F362" t="s">
-        <v>162</v>
+        <v>579</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="H362" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1233</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>896</v>
+        <v>93</v>
       </c>
       <c r="D363" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E363" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F363" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="H363" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1236</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>899</v>
+        <v>97</v>
       </c>
       <c r="D364" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E364" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F364" t="s">
-        <v>121</v>
+        <v>490</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="H364" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1239</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>903</v>
+        <v>102</v>
       </c>
       <c r="D365" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E365" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F365" t="s">
+        <v>490</v>
+      </c>
+      <c r="G365" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="G365" s="1" t="s">
+      <c r="H365" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="D366" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E366" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F366" t="s">
         <v>45</v>
       </c>
       <c r="G366" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H366" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>908</v>
+      </c>
+      <c r="D367" t="s">
+        <v>546</v>
+      </c>
+      <c r="E367" t="s">
+        <v>547</v>
+      </c>
+      <c r="F367" t="s">
+        <v>162</v>
+      </c>
+      <c r="G367" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="B367" t="s">
-[...14 lines deleted...]
-      <c r="G367" s="1" t="s">
+      <c r="H367" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>911</v>
+      </c>
+      <c r="D368" t="s">
+        <v>546</v>
+      </c>
+      <c r="E368" t="s">
+        <v>547</v>
+      </c>
+      <c r="F368" t="s">
+        <v>162</v>
+      </c>
+      <c r="G368" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B368" t="s">
-[...14 lines deleted...]
-      <c r="G368" s="1" t="s">
+      <c r="H368" t="s">
         <v>1250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>914</v>
+      </c>
+      <c r="D369" t="s">
+        <v>546</v>
+      </c>
+      <c r="E369" t="s">
+        <v>547</v>
+      </c>
+      <c r="F369" t="s">
+        <v>121</v>
+      </c>
+      <c r="G369" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="H369" t="s">
         <v>1253</v>
-      </c>
-[...13 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>917</v>
+      </c>
+      <c r="D370" t="s">
+        <v>546</v>
+      </c>
+      <c r="E370" t="s">
+        <v>547</v>
+      </c>
+      <c r="F370" t="s">
+        <v>121</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H370" t="s">
         <v>1256</v>
-      </c>
-[...19 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>921</v>
+      </c>
+      <c r="D371" t="s">
+        <v>546</v>
+      </c>
+      <c r="E371" t="s">
+        <v>547</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G371" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="H371" t="s">
         <v>1260</v>
-      </c>
-[...13 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>925</v>
+      </c>
+      <c r="D372" t="s">
+        <v>546</v>
+      </c>
+      <c r="E372" t="s">
+        <v>547</v>
+      </c>
+      <c r="F372" t="s">
+        <v>45</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H372" t="s">
         <v>1263</v>
-      </c>
-[...19 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>106</v>
+        <v>929</v>
       </c>
       <c r="D373" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E373" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F373" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="H373" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1271</v>
+        <v>933</v>
       </c>
       <c r="D374" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E374" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F374" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="H374" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1274</v>
+        <v>1270</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
       <c r="D375" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E375" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F375" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="H375" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>110</v>
+        <v>937</v>
       </c>
       <c r="D376" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E376" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F376" t="s">
-        <v>112</v>
+        <v>247</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1279</v>
+        <v>1275</v>
       </c>
       <c r="H376" t="s">
-        <v>1280</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>923</v>
+        <v>1278</v>
       </c>
       <c r="D377" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E377" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F377" t="s">
-        <v>121</v>
+        <v>226</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="H377" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D378" t="s">
+        <v>546</v>
+      </c>
+      <c r="E378" t="s">
+        <v>547</v>
+      </c>
+      <c r="F378" t="s">
+        <v>31</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H378" t="s">
         <v>1284</v>
-      </c>
-[...19 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>106</v>
+      </c>
+      <c r="D379" t="s">
+        <v>546</v>
+      </c>
+      <c r="E379" t="s">
+        <v>547</v>
+      </c>
+      <c r="F379" t="s">
+        <v>31</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H379" t="s">
         <v>1287</v>
-      </c>
-[...19 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D380" t="s">
+        <v>546</v>
+      </c>
+      <c r="E380" t="s">
+        <v>547</v>
+      </c>
+      <c r="F380" t="s">
+        <v>112</v>
+      </c>
+      <c r="G380" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="B380" t="s">
-[...14 lines deleted...]
-      <c r="G380" s="1" t="s">
+      <c r="H380" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
         <v>1293</v>
       </c>
-      <c r="B381" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D381" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E381" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F381" t="s">
         <v>121</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="H381" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1296</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>942</v>
+        <v>110</v>
       </c>
       <c r="D382" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E382" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F382" t="s">
-        <v>294</v>
+        <v>112</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="H382" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>1299</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
+        <v>941</v>
+      </c>
+      <c r="D383" t="s">
+        <v>546</v>
+      </c>
+      <c r="E383" t="s">
+        <v>547</v>
+      </c>
+      <c r="F383" t="s">
+        <v>121</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="D383" t="s">
-[...8 lines deleted...]
-      <c r="G383" s="1" t="s">
+      <c r="H383" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>945</v>
+      </c>
+      <c r="D384" t="s">
+        <v>546</v>
+      </c>
+      <c r="E384" t="s">
+        <v>547</v>
+      </c>
+      <c r="F384" t="s">
+        <v>40</v>
+      </c>
+      <c r="G384" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="H384" t="s">
         <v>1304</v>
-      </c>
-[...13 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>949</v>
+      </c>
+      <c r="D385" t="s">
+        <v>546</v>
+      </c>
+      <c r="E385" t="s">
+        <v>547</v>
+      </c>
+      <c r="F385" t="s">
+        <v>40</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H385" t="s">
         <v>1307</v>
-      </c>
-[...19 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1312</v>
+        <v>953</v>
       </c>
       <c r="D386" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E386" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F386" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="H386" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1316</v>
+        <v>957</v>
       </c>
       <c r="D387" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E387" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F387" t="s">
-        <v>453</v>
+        <v>121</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="H387" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1320</v>
+        <v>960</v>
       </c>
       <c r="D388" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E388" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F388" t="s">
-        <v>453</v>
+        <v>294</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1321</v>
+        <v>1315</v>
       </c>
       <c r="H388" t="s">
-        <v>1322</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1323</v>
+        <v>1317</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="D389" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E389" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F389" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1325</v>
+        <v>1319</v>
       </c>
       <c r="H389" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="D390" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E390" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F390" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1329</v>
+        <v>1323</v>
       </c>
       <c r="H390" t="s">
-        <v>1330</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1331</v>
+        <v>1325</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1332</v>
+        <v>1326</v>
       </c>
       <c r="D391" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E391" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F391" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1333</v>
+        <v>1327</v>
       </c>
       <c r="H391" t="s">
-        <v>1334</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1335</v>
+        <v>1329</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1336</v>
+        <v>1330</v>
       </c>
       <c r="D392" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E392" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F392" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1337</v>
+        <v>1331</v>
       </c>
       <c r="H392" t="s">
-        <v>1338</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1339</v>
+        <v>1333</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1340</v>
+        <v>1334</v>
       </c>
       <c r="D393" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E393" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F393" t="s">
-        <v>121</v>
+        <v>477</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1341</v>
+        <v>1335</v>
       </c>
       <c r="H393" t="s">
-        <v>1342</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>497</v>
+        <v>1338</v>
       </c>
       <c r="D394" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E394" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F394" t="s">
-        <v>31</v>
+        <v>477</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="H394" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="D395" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E395" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F395" t="s">
-        <v>1348</v>
+        <v>247</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="H395" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="D396" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E396" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F396" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="H396" t="s">
-        <v>1354</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1355</v>
+        <v>1349</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="D397" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E397" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F397" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="H397" t="s">
-        <v>1358</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1359</v>
+        <v>1353</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1360</v>
+        <v>1354</v>
       </c>
       <c r="D398" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E398" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F398" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="H398" t="s">
-        <v>1362</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>115</v>
+        <v>1358</v>
       </c>
       <c r="D399" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E399" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F399" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="H399" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>945</v>
+        <v>521</v>
       </c>
       <c r="D400" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E400" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F400" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="H400" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>948</v>
+        <v>1365</v>
       </c>
       <c r="D401" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E401" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F401" t="s">
-        <v>121</v>
+        <v>1366</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="H401" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D402" t="s">
+        <v>546</v>
+      </c>
+      <c r="E402" t="s">
+        <v>547</v>
+      </c>
+      <c r="F402" t="s">
+        <v>45</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H402" t="s">
         <v>1372</v>
-      </c>
-[...19 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D403" t="s">
+        <v>546</v>
+      </c>
+      <c r="E403" t="s">
+        <v>547</v>
+      </c>
+      <c r="F403" t="s">
+        <v>112</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="B403" t="s">
-[...14 lines deleted...]
-      <c r="G403" s="1" t="s">
+      <c r="H403" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
         <v>1378</v>
       </c>
-      <c r="B404" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D404" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E404" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F404" t="s">
-        <v>121</v>
+        <v>45</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="H404" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1381</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>964</v>
+        <v>115</v>
       </c>
       <c r="D405" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E405" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F405" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="H405" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1384</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="D406" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E406" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F406" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="H406" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1387</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
+        <v>966</v>
+      </c>
+      <c r="D407" t="s">
+        <v>546</v>
+      </c>
+      <c r="E407" t="s">
+        <v>547</v>
+      </c>
+      <c r="F407" t="s">
+        <v>121</v>
+      </c>
+      <c r="G407" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="D407" t="s">
-[...8 lines deleted...]
-      <c r="G407" s="1" t="s">
+      <c r="H407" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1392</v>
+        <v>970</v>
       </c>
       <c r="D408" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E408" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F408" t="s">
         <v>121</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
       <c r="H408" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>974</v>
+      </c>
+      <c r="D409" t="s">
+        <v>546</v>
+      </c>
+      <c r="E409" t="s">
+        <v>547</v>
+      </c>
+      <c r="F409" t="s">
+        <v>294</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H409" t="s">
         <v>1395</v>
-      </c>
-[...19 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="D410" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E410" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F410" t="s">
-        <v>294</v>
+        <v>121</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="H410" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="D411" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E411" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F411" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
       <c r="H411" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="D412" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E412" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F412" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="H412" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D413" t="s">
+        <v>546</v>
+      </c>
+      <c r="E413" t="s">
+        <v>547</v>
+      </c>
+      <c r="F413" t="s">
+        <v>294</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H413" t="s">
         <v>1408</v>
-      </c>
-[...19 lines deleted...]
-        <v>1410</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="D414" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E414" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F414" t="s">
         <v>121</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="H414" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>989</v>
+      </c>
+      <c r="D415" t="s">
+        <v>546</v>
+      </c>
+      <c r="E415" t="s">
+        <v>547</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G415" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="B415" t="s">
-[...2 lines deleted...]
-      <c r="C415" t="s">
+      <c r="H415" t="s">
         <v>1416</v>
-      </c>
-[...13 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>992</v>
+      </c>
+      <c r="D416" t="s">
+        <v>546</v>
+      </c>
+      <c r="E416" t="s">
+        <v>547</v>
+      </c>
+      <c r="F416" t="s">
+        <v>294</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H416" t="s">
         <v>1419</v>
-      </c>
-[...19 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1424</v>
+        <v>995</v>
       </c>
       <c r="D417" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E417" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F417" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1425</v>
+        <v>1421</v>
       </c>
       <c r="H417" t="s">
-        <v>1426</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1427</v>
+        <v>1423</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1428</v>
+        <v>998</v>
       </c>
       <c r="D418" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E418" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F418" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
       <c r="H418" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>983</v>
+        <v>119</v>
       </c>
       <c r="D419" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E419" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F419" t="s">
         <v>121</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
       <c r="H419" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>986</v>
+        <v>1430</v>
       </c>
       <c r="D420" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E420" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F420" t="s">
         <v>121</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1435</v>
+        <v>1431</v>
       </c>
       <c r="H420" t="s">
-        <v>1436</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1437</v>
+        <v>1433</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>989</v>
+        <v>1434</v>
       </c>
       <c r="D421" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E421" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F421" t="s">
-        <v>112</v>
+        <v>579</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="H421" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>993</v>
+        <v>1438</v>
       </c>
       <c r="D422" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E422" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F422" t="s">
         <v>112</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="H422" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>996</v>
+        <v>1442</v>
       </c>
       <c r="D423" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E423" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F423" t="s">
         <v>112</v>
       </c>
       <c r="G423" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H423" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
         <v>1446</v>
       </c>
-      <c r="B424" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D424" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E424" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F424" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="H424" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1449</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="D425" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E425" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F425" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="H425" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1452</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="D426" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E426" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F426" t="s">
-        <v>453</v>
+        <v>121</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="H426" t="s">
         <v>1454</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1455</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="D427" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E427" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F427" t="s">
-        <v>453</v>
+        <v>112</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="H427" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1458</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="D428" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E428" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F428" t="s">
         <v>112</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="H428" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1461</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D429" t="s">
+        <v>546</v>
+      </c>
+      <c r="E429" t="s">
+        <v>547</v>
+      </c>
+      <c r="F429" t="s">
+        <v>112</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="D429" t="s">
-[...8 lines deleted...]
-      <c r="G429" s="1" t="s">
+      <c r="H429" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D430" t="s">
+        <v>546</v>
+      </c>
+      <c r="E430" t="s">
+        <v>547</v>
+      </c>
+      <c r="F430" t="s">
+        <v>31</v>
+      </c>
+      <c r="G430" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="B430" t="s">
-[...2 lines deleted...]
-      <c r="C430" t="s">
+      <c r="H430" t="s">
         <v>1466</v>
-      </c>
-[...13 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D431" t="s">
+        <v>546</v>
+      </c>
+      <c r="E431" t="s">
+        <v>547</v>
+      </c>
+      <c r="F431" t="s">
+        <v>31</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H431" t="s">
         <v>1469</v>
-      </c>
-[...19 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1474</v>
+        <v>1026</v>
       </c>
       <c r="D432" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E432" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F432" t="s">
-        <v>121</v>
+        <v>477</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="H432" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1478</v>
+        <v>1030</v>
       </c>
       <c r="D433" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E433" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F433" t="s">
-        <v>112</v>
+        <v>477</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="H433" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>124</v>
+        <v>1033</v>
       </c>
       <c r="D434" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E434" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F434" t="s">
-        <v>466</v>
+        <v>112</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="H434" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="D435" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E435" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F435" t="s">
-        <v>466</v>
+        <v>247</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="H435" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
       <c r="D436" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E436" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F436" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="H436" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1018</v>
+        <v>1488</v>
       </c>
       <c r="D437" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E437" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F437" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="H437" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1021</v>
+        <v>1492</v>
       </c>
       <c r="D438" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E438" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F438" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="H438" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1024</v>
+        <v>1496</v>
       </c>
       <c r="D439" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E439" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F439" t="s">
         <v>112</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="H439" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>124</v>
+      </c>
+      <c r="D440" t="s">
+        <v>546</v>
+      </c>
+      <c r="E440" t="s">
+        <v>547</v>
+      </c>
+      <c r="F440" t="s">
+        <v>490</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H440" t="s">
         <v>1501</v>
-      </c>
-[...19 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D441" t="s">
+        <v>546</v>
+      </c>
+      <c r="E441" t="s">
+        <v>547</v>
+      </c>
+      <c r="F441" t="s">
+        <v>490</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H441" t="s">
         <v>1505</v>
-      </c>
-[...19 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D442" t="s">
+        <v>546</v>
+      </c>
+      <c r="E442" t="s">
+        <v>547</v>
+      </c>
+      <c r="F442" t="s">
+        <v>162</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H442" t="s">
         <v>1509</v>
-      </c>
-[...19 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D443" t="s">
+        <v>546</v>
+      </c>
+      <c r="E443" t="s">
+        <v>547</v>
+      </c>
+      <c r="F443" t="s">
+        <v>112</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H443" t="s">
         <v>1512</v>
-      </c>
-[...19 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>132</v>
+        <v>1039</v>
       </c>
       <c r="D444" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E444" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F444" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="H444" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
       <c r="D445" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E445" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F445" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="H445" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D446" t="s">
+        <v>546</v>
+      </c>
+      <c r="E446" t="s">
+        <v>547</v>
+      </c>
+      <c r="F446" t="s">
+        <v>121</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H446" t="s">
         <v>1522</v>
-      </c>
-[...19 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D447" t="s">
+        <v>546</v>
+      </c>
+      <c r="E447" t="s">
+        <v>547</v>
+      </c>
+      <c r="F447" t="s">
+        <v>31</v>
+      </c>
+      <c r="G447" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B447" t="s">
-[...14 lines deleted...]
-      <c r="G447" s="1" t="s">
+      <c r="H447" t="s">
         <v>1526</v>
-      </c>
-[...1 lines deleted...]
-        <v>1527</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>128</v>
+      </c>
+      <c r="D448" t="s">
+        <v>546</v>
+      </c>
+      <c r="E448" t="s">
+        <v>547</v>
+      </c>
+      <c r="F448" t="s">
+        <v>31</v>
+      </c>
+      <c r="G448" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="B448" t="s">
-[...2 lines deleted...]
-      <c r="C448" t="s">
+      <c r="H448" t="s">
         <v>1529</v>
-      </c>
-[...13 lines deleted...]
-        <v>1531</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>378</v>
+        <v>1530</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>10</v>
+        <v>1531</v>
       </c>
       <c r="D449" t="s">
+        <v>546</v>
+      </c>
+      <c r="E449" t="s">
+        <v>547</v>
+      </c>
+      <c r="F449" t="s">
+        <v>99</v>
+      </c>
+      <c r="G449" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="E449" t="s">
+      <c r="H449" t="s">
         <v>1533</v>
-      </c>
-[...7 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>382</v>
+        <v>1534</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="D450" t="s">
-        <v>1532</v>
+        <v>546</v>
       </c>
       <c r="E450" t="s">
-        <v>1533</v>
+        <v>547</v>
       </c>
       <c r="F450" t="s">
-        <v>226</v>
+        <v>99</v>
       </c>
       <c r="G450" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H450" t="s">
         <v>1536</v>
-      </c>
-[...1 lines deleted...]
-        <v>1537</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>401</v>
+        <v>1537</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>21</v>
+        <v>1045</v>
       </c>
       <c r="D451" t="s">
-        <v>1532</v>
+        <v>546</v>
       </c>
       <c r="E451" t="s">
-        <v>1533</v>
+        <v>547</v>
       </c>
       <c r="F451" t="s">
-        <v>466</v>
+        <v>121</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>1538</v>
       </c>
       <c r="H451" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>900</v>
+        <v>1540</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>25</v>
+        <v>1048</v>
       </c>
       <c r="D452" t="s">
-        <v>1532</v>
+        <v>546</v>
       </c>
       <c r="E452" t="s">
-        <v>1533</v>
+        <v>547</v>
       </c>
       <c r="F452" t="s">
-        <v>294</v>
+        <v>162</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="H452" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1253</v>
+        <v>1543</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>30</v>
+        <v>136</v>
       </c>
       <c r="D453" t="s">
-        <v>1532</v>
+        <v>546</v>
       </c>
       <c r="E453" t="s">
-        <v>1533</v>
+        <v>547</v>
       </c>
       <c r="F453" t="s">
-        <v>555</v>
+        <v>121</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="H453" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1271</v>
+        <v>1546</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>35</v>
+        <v>1547</v>
       </c>
       <c r="D454" t="s">
-        <v>1532</v>
+        <v>546</v>
       </c>
       <c r="E454" t="s">
-        <v>1533</v>
+        <v>547</v>
       </c>
       <c r="F454" t="s">
-        <v>247</v>
+        <v>121</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="H454" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1275</v>
+        <v>378</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D455" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E455" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F455" t="s">
-        <v>121</v>
+        <v>226</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="H455" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1485</v>
+        <v>382</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D456" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E456" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F456" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="H456" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1489</v>
+        <v>401</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D457" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E457" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F457" t="s">
-        <v>247</v>
+        <v>490</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="H457" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1552</v>
+        <v>918</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D458" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E458" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F458" t="s">
-        <v>466</v>
+        <v>294</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="H458" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1555</v>
+        <v>1271</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D459" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E459" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F459" t="s">
-        <v>121</v>
+        <v>579</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="H459" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1558</v>
+        <v>1289</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D460" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E460" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F460" t="s">
-        <v>31</v>
+        <v>247</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="H460" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1561</v>
+        <v>1293</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D461" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E461" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F461" t="s">
-        <v>1562</v>
+        <v>121</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="H461" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1565</v>
+        <v>1503</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D462" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E462" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F462" t="s">
-        <v>162</v>
+        <v>247</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>1566</v>
       </c>
       <c r="H462" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>49</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F463" t="s">
+        <v>247</v>
+      </c>
+      <c r="G463" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="B463" t="s">
-[...14 lines deleted...]
-      <c r="G463" s="1" t="s">
+      <c r="H463" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>8</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F464" t="s">
+        <v>490</v>
+      </c>
+      <c r="G464" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="B464" t="s">
-[...14 lines deleted...]
-      <c r="G464" s="1" t="s">
+      <c r="H464" t="s">
         <v>1572</v>
-      </c>
-[...1 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="D465" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E465" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F465" t="s">
         <v>121</v>
       </c>
       <c r="G465" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H465" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>60</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F466" t="s">
+        <v>31</v>
+      </c>
+      <c r="G466" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B466" t="s">
-[...11 lines deleted...]
-      <c r="F466" t="s">
+      <c r="H466" t="s">
         <v>1578</v>
-      </c>
-[...4 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>64</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G467" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="B467" t="s">
-[...14 lines deleted...]
-      <c r="G467" s="1" t="s">
+      <c r="H467" t="s">
         <v>1582</v>
-      </c>
-[...1 lines deleted...]
-        <v>1583</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>67</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F468" t="s">
+        <v>162</v>
+      </c>
+      <c r="G468" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="B468" t="s">
-[...14 lines deleted...]
-      <c r="G468" s="1" t="s">
+      <c r="H468" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>20</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F469" t="s">
+        <v>112</v>
+      </c>
+      <c r="G469" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="B469" t="s">
-[...14 lines deleted...]
-      <c r="G469" s="1" t="s">
+      <c r="H469" t="s">
         <v>1588</v>
-      </c>
-[...1 lines deleted...]
-        <v>1589</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>24</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F470" t="s">
+        <v>112</v>
+      </c>
+      <c r="G470" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="B470" t="s">
-[...14 lines deleted...]
-      <c r="G470" s="1" t="s">
+      <c r="H470" t="s">
         <v>1591</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>77</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F471" t="s">
+        <v>121</v>
+      </c>
+      <c r="G471" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="B471" t="s">
-[...14 lines deleted...]
-      <c r="G471" s="1" t="s">
+      <c r="H471" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>82</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F472" t="s">
         <v>1596</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="H472" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1599</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="D473" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E473" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F473" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="H473" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1602</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="D474" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E474" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F474" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>1603</v>
       </c>
       <c r="H474" t="s">
         <v>1604</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1605</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="D475" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
       <c r="E475" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="F475" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>1606</v>
       </c>
       <c r="H475" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>306</v>
+        <v>1608</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="D476" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E476" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G476" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="F476" t="s">
-[...2 lines deleted...]
-      <c r="G476" s="1" t="s">
+      <c r="H476" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>310</v>
+        <v>1611</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="D477" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E477" t="s">
-        <v>1609</v>
+        <v>1551</v>
       </c>
       <c r="F477" t="s">
-        <v>121</v>
+        <v>1596</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="H477" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>314</v>
+        <v>1614</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="D478" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E478" t="s">
-        <v>1609</v>
+        <v>1551</v>
       </c>
       <c r="F478" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="H478" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>318</v>
+        <v>1617</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="D479" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E479" t="s">
-        <v>1609</v>
+        <v>1551</v>
       </c>
       <c r="F479" t="s">
-        <v>1614</v>
+        <v>112</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="H479" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>322</v>
+        <v>1620</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="D480" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E480" t="s">
-        <v>1609</v>
+        <v>1551</v>
       </c>
       <c r="F480" t="s">
-        <v>1616</v>
+        <v>121</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
       <c r="H480" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>326</v>
+        <v>1623</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>35</v>
+        <v>120</v>
       </c>
       <c r="D481" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="E481" t="s">
-        <v>1609</v>
+        <v>1551</v>
       </c>
       <c r="F481" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1610</v>
+        <v>1624</v>
       </c>
       <c r="H481" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D482" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E482" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F482" t="s">
-        <v>1619</v>
+        <v>637</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H482" t="s">
-        <v>1620</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D483" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E483" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F483" t="s">
-        <v>608</v>
+        <v>121</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H483" t="s">
-        <v>1621</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>338</v>
+        <v>314</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D484" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E484" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F484" t="s">
-        <v>294</v>
+        <v>40</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H484" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>346</v>
+        <v>318</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D485" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E485" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F485" t="s">
-        <v>45</v>
+        <v>1632</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H485" t="s">
-        <v>1623</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>440</v>
+        <v>322</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D486" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E486" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F486" t="s">
-        <v>637</v>
+        <v>1634</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H486" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>822</v>
+        <v>326</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D487" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E487" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F487" t="s">
-        <v>466</v>
+        <v>40</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H487" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>826</v>
+        <v>330</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D488" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E488" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F488" t="s">
-        <v>40</v>
+        <v>1637</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H488" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>830</v>
+        <v>334</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D489" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E489" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F489" t="s">
-        <v>112</v>
+        <v>632</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H489" t="s">
-        <v>1627</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>949</v>
+        <v>338</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D490" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E490" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F490" t="s">
+        <v>294</v>
+      </c>
+      <c r="G490" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="G490" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H490" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>953</v>
+        <v>346</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D491" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E491" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F491" t="s">
-        <v>1630</v>
+        <v>45</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1610</v>
+        <v>1641</v>
       </c>
       <c r="H491" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>957</v>
+        <v>440</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="D492" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E492" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F492" t="s">
-        <v>1632</v>
+        <v>661</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H492" t="s">
-        <v>1633</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>961</v>
+        <v>444</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="D493" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E493" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F493" t="s">
-        <v>162</v>
+        <v>490</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H493" t="s">
-        <v>1634</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>965</v>
+        <v>448</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D494" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E494" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F494" t="s">
-        <v>453</v>
+        <v>40</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H494" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>990</v>
+        <v>452</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="D495" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E495" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F495" t="s">
-        <v>466</v>
+        <v>112</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1610</v>
+        <v>1646</v>
       </c>
       <c r="H495" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1005</v>
+        <v>967</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="D496" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E496" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F496" t="s">
-        <v>637</v>
+        <v>1648</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H496" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1009</v>
+        <v>971</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="D497" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E497" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F497" t="s">
-        <v>453</v>
+        <v>1650</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H497" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1124</v>
+        <v>975</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="D498" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E498" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F498" t="s">
-        <v>112</v>
+        <v>1652</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H498" t="s">
-        <v>1639</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1128</v>
+        <v>979</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="D499" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E499" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F499" t="s">
-        <v>1632</v>
+        <v>162</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H499" t="s">
-        <v>1640</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1132</v>
+        <v>983</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="D500" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E500" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F500" t="s">
-        <v>1641</v>
+        <v>477</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1642</v>
+        <v>1628</v>
       </c>
       <c r="H500" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1208</v>
+        <v>1008</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="D501" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E501" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F501" t="s">
-        <v>1641</v>
+        <v>490</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H501" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1212</v>
+        <v>1023</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="D502" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E502" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F502" t="s">
-        <v>1645</v>
+        <v>661</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H502" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1260</v>
+        <v>1027</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="D503" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E503" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F503" t="s">
-        <v>637</v>
+        <v>477</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H503" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1352</v>
+        <v>1142</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D504" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E504" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F504" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H504" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1356</v>
+        <v>1146</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="D505" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E505" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F505" t="s">
-        <v>1641</v>
+        <v>1652</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H505" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1360</v>
+        <v>1150</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="D506" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E506" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F506" t="s">
-        <v>1641</v>
+        <v>1661</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1610</v>
+        <v>1662</v>
       </c>
       <c r="H506" t="s">
-        <v>1650</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1388</v>
+        <v>1226</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="D507" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E507" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F507" t="s">
-        <v>121</v>
+        <v>1661</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H507" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1392</v>
+        <v>1230</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="D508" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E508" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F508" t="s">
-        <v>31</v>
+        <v>1665</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H508" t="s">
-        <v>1652</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1424</v>
+        <v>1278</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="D509" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E509" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F509" t="s">
-        <v>1653</v>
+        <v>661</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H509" t="s">
-        <v>1654</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1428</v>
+        <v>1370</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="D510" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E510" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F510" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H510" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1466</v>
+        <v>1374</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="D511" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E511" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F511" t="s">
-        <v>31</v>
+        <v>1661</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H511" t="s">
-        <v>1656</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1470</v>
+        <v>1378</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="D512" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E512" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F512" t="s">
-        <v>555</v>
+        <v>1661</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H512" t="s">
-        <v>1657</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1474</v>
+        <v>1406</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="D513" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E513" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F513" t="s">
         <v>121</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H513" t="s">
-        <v>1658</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1513</v>
+        <v>1410</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>170</v>
+        <v>145</v>
       </c>
       <c r="D514" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E514" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F514" t="s">
-        <v>466</v>
+        <v>31</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H514" t="s">
-        <v>1659</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1660</v>
+        <v>1442</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="D515" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E515" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F515" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H515" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1663</v>
+        <v>1446</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="D516" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E516" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F516" t="s">
-        <v>1664</v>
+        <v>121</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H516" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1666</v>
+        <v>1484</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>182</v>
+        <v>157</v>
       </c>
       <c r="D517" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E517" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F517" t="s">
         <v>31</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H517" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1668</v>
+        <v>1488</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>186</v>
+        <v>161</v>
       </c>
       <c r="D518" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E518" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F518" t="s">
-        <v>1669</v>
+        <v>579</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H518" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1671</v>
+        <v>1492</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>190</v>
+        <v>166</v>
       </c>
       <c r="D519" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E519" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F519" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H519" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1673</v>
+        <v>1531</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>194</v>
+        <v>170</v>
       </c>
       <c r="D520" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E520" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F520" t="s">
-        <v>1674</v>
+        <v>490</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H520" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>198</v>
+        <v>174</v>
       </c>
       <c r="D521" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E521" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F521" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H521" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="D522" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E522" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F522" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H522" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="D523" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E523" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F523" t="s">
-        <v>1683</v>
+        <v>31</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H523" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>209</v>
+        <v>186</v>
       </c>
       <c r="D524" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E524" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F524" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H524" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="D525" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E525" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F525" t="s">
-        <v>1641</v>
+        <v>99</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H525" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="D526" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E526" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F526" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H526" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="D527" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E527" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F527" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H527" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="D528" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E528" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F528" t="s">
-        <v>40</v>
+        <v>1700</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H528" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="D529" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E529" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F529" t="s">
-        <v>31</v>
+        <v>1703</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H529" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="D530" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E530" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F530" t="s">
-        <v>1641</v>
+        <v>1661</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H530" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>238</v>
+        <v>213</v>
       </c>
       <c r="D531" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E531" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F531" t="s">
-        <v>40</v>
+        <v>1661</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H531" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>242</v>
+        <v>217</v>
       </c>
       <c r="D532" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E532" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F532" t="s">
-        <v>555</v>
+        <v>1710</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H532" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="D533" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E533" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F533" t="s">
-        <v>1641</v>
+        <v>1713</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H533" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="D534" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E534" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F534" t="s">
-        <v>1708</v>
+        <v>40</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H534" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>34</v>
+        <v>230</v>
       </c>
       <c r="D535" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E535" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F535" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H535" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>257</v>
+        <v>234</v>
       </c>
       <c r="D536" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E536" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F536" t="s">
-        <v>121</v>
+        <v>1661</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H536" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="D537" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E537" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F537" t="s">
-        <v>637</v>
+        <v>40</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H537" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="D538" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E538" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F538" t="s">
-        <v>40</v>
+        <v>579</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H538" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>269</v>
+        <v>246</v>
       </c>
       <c r="D539" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E539" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F539" t="s">
-        <v>112</v>
+        <v>1661</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H539" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="D540" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E540" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F540" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H540" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="D541" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E541" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F541" t="s">
-        <v>1724</v>
+        <v>78</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1725</v>
+        <v>1628</v>
       </c>
       <c r="H541" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>281</v>
+        <v>257</v>
       </c>
       <c r="D542" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E542" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F542" t="s">
-        <v>1728</v>
+        <v>121</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H542" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="D543" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E543" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F543" t="s">
-        <v>121</v>
+        <v>661</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H543" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>289</v>
+        <v>265</v>
       </c>
       <c r="D544" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E544" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F544" t="s">
-        <v>294</v>
+        <v>40</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H544" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
       <c r="D545" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E545" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F545" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H545" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="D546" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E546" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F546" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H546" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="D547" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E547" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F547" t="s">
-        <v>121</v>
+        <v>1744</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1610</v>
+        <v>1745</v>
       </c>
       <c r="H547" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>306</v>
+        <v>281</v>
       </c>
       <c r="D548" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E548" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F548" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H548" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>310</v>
+        <v>285</v>
       </c>
       <c r="D549" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E549" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F549" t="s">
-        <v>555</v>
+        <v>121</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H549" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="D550" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E550" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F550" t="s">
-        <v>555</v>
+        <v>294</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H550" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="D551" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E551" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F551" t="s">
-        <v>555</v>
+        <v>99</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H551" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="D552" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E552" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F552" t="s">
-        <v>1641</v>
+        <v>1757</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1751</v>
+        <v>1628</v>
       </c>
       <c r="H552" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="D553" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E553" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F553" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1754</v>
+        <v>1628</v>
       </c>
       <c r="H553" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="D554" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E554" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F554" t="s">
-        <v>121</v>
+        <v>1762</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H554" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="D555" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E555" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F555" t="s">
-        <v>121</v>
+        <v>579</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H555" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>338</v>
+        <v>314</v>
       </c>
       <c r="D556" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E556" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F556" t="s">
-        <v>555</v>
+        <v>579</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H556" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="D557" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E557" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F557" t="s">
-        <v>1763</v>
+        <v>579</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H557" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="D558" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E558" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F558" t="s">
-        <v>555</v>
+        <v>1661</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1610</v>
+        <v>1771</v>
       </c>
       <c r="H558" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>350</v>
+        <v>326</v>
       </c>
       <c r="D559" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E559" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F559" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1610</v>
+        <v>1774</v>
       </c>
       <c r="H559" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="D560" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E560" t="s">
-        <v>1609</v>
+        <v>1627</v>
+      </c>
+      <c r="F560" t="s">
+        <v>121</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H560" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1771</v>
+        <v>1778</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="D561" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E561" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F561" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H561" t="s">
-        <v>1772</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="D562" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E562" t="s">
-        <v>1609</v>
+        <v>1627</v>
+      </c>
+      <c r="F562" t="s">
+        <v>579</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H562" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1775</v>
+        <v>1782</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D563" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E563" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F563" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H563" t="s">
-        <v>1777</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
       <c r="D564" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E564" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F564" t="s">
-        <v>1779</v>
+        <v>579</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H564" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="D565" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E565" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F565" t="s">
-        <v>1782</v>
+        <v>162</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H565" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>378</v>
+        <v>354</v>
       </c>
       <c r="D566" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E566" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>1627</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H566" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="D567" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E567" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F567" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H567" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
       <c r="D568" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E568" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>1627</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H568" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>390</v>
+        <v>366</v>
       </c>
       <c r="D569" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E569" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F569" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H569" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>39</v>
+        <v>370</v>
       </c>
       <c r="D570" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E570" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F570" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H570" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="D571" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E571" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F571" t="s">
-        <v>40</v>
+        <v>1802</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H571" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>401</v>
+        <v>378</v>
       </c>
       <c r="D572" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E572" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F572" t="s">
-        <v>1782</v>
+        <v>99</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H572" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>405</v>
+        <v>382</v>
       </c>
       <c r="D573" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E573" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F573" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H573" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>409</v>
+        <v>386</v>
       </c>
       <c r="D574" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E574" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F574" t="s">
-        <v>1653</v>
+        <v>247</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H574" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>43</v>
+        <v>390</v>
       </c>
       <c r="D575" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E575" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F575" t="s">
-        <v>1782</v>
+        <v>1811</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H575" t="s">
-        <v>1805</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1806</v>
+        <v>1813</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>416</v>
+        <v>39</v>
       </c>
       <c r="D576" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E576" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F576" t="s">
-        <v>1807</v>
+        <v>1814</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H576" t="s">
-        <v>1808</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>1809</v>
+        <v>1816</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>420</v>
+        <v>397</v>
       </c>
       <c r="D577" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E577" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F577" t="s">
-        <v>466</v>
+        <v>40</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H577" t="s">
-        <v>1810</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>1811</v>
+        <v>1818</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>424</v>
+        <v>401</v>
       </c>
       <c r="D578" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="E578" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
       <c r="F578" t="s">
-        <v>1812</v>
+        <v>1802</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H578" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>1300</v>
+        <v>1820</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>10</v>
+        <v>405</v>
       </c>
       <c r="D579" t="s">
-        <v>1814</v>
+        <v>1626</v>
       </c>
       <c r="E579" t="s">
-        <v>1815</v>
+        <v>1627</v>
       </c>
       <c r="F579" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1816</v>
+        <v>1628</v>
       </c>
       <c r="H579" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>17</v>
+        <v>409</v>
       </c>
       <c r="D580" t="s">
-        <v>1814</v>
+        <v>1626</v>
       </c>
       <c r="E580" t="s">
-        <v>1815</v>
+        <v>1627</v>
       </c>
       <c r="F580" t="s">
-        <v>13</v>
+        <v>1673</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1819</v>
+        <v>1628</v>
       </c>
       <c r="H580" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="D581" t="s">
-        <v>1814</v>
+        <v>1626</v>
       </c>
       <c r="E581" t="s">
-        <v>1815</v>
+        <v>1627</v>
       </c>
       <c r="F581" t="s">
-        <v>13</v>
+        <v>1802</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1822</v>
+        <v>1628</v>
       </c>
       <c r="H581" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>25</v>
+        <v>416</v>
       </c>
       <c r="D582" t="s">
-        <v>1814</v>
+        <v>1626</v>
       </c>
       <c r="E582" t="s">
-        <v>1815</v>
+        <v>1627</v>
       </c>
       <c r="F582" t="s">
-        <v>13</v>
+        <v>1827</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1825</v>
+        <v>1628</v>
       </c>
       <c r="H582" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="D583" t="s">
-        <v>1828</v>
+        <v>1626</v>
       </c>
       <c r="E583" t="s">
-        <v>1829</v>
+        <v>1627</v>
       </c>
       <c r="F583" t="s">
-        <v>13</v>
+        <v>490</v>
       </c>
       <c r="G583" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H583" t="s">
         <v>1830</v>
-      </c>
-[...1 lines deleted...]
-        <v>1831</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>424</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F584" t="s">
         <v>1832</v>
       </c>
-      <c r="B584" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G584" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H584" t="s">
         <v>1833</v>
-      </c>
-[...1 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>428</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F585" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H585" t="s">
         <v>1835</v>
-      </c>
-[...19 lines deleted...]
-        <v>1837</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>432</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F586" t="s">
+        <v>162</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H586" t="s">
         <v>1838</v>
-      </c>
-[...19 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>157</v>
+        <v>1839</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>17</v>
+        <v>436</v>
       </c>
       <c r="D587" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E587" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F587" t="s">
-        <v>519</v>
+        <v>121</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1846</v>
+        <v>1840</v>
       </c>
       <c r="H587" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>161</v>
+        <v>1842</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>21</v>
+        <v>440</v>
       </c>
       <c r="D588" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E588" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F588" t="s">
-        <v>494</v>
+        <v>477</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H588" t="s">
-        <v>1848</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>166</v>
+        <v>1844</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>25</v>
+        <v>444</v>
       </c>
       <c r="D589" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E589" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F589" t="s">
         <v>1845</v>
       </c>
-      <c r="F589" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G589" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H589" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>170</v>
+        <v>1847</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>30</v>
+        <v>448</v>
       </c>
       <c r="D590" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E590" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F590" t="s">
-        <v>494</v>
+        <v>1848</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1850</v>
+        <v>1628</v>
       </c>
       <c r="H590" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>174</v>
+        <v>1850</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>35</v>
+        <v>452</v>
       </c>
       <c r="D591" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E591" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F591" t="s">
-        <v>519</v>
+        <v>1851</v>
       </c>
       <c r="G591" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H591" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>424</v>
+        <v>1853</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>16</v>
+        <v>456</v>
       </c>
       <c r="D592" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E592" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F592" t="s">
-        <v>494</v>
+        <v>1854</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1854</v>
+        <v>1628</v>
       </c>
       <c r="H592" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>428</v>
+        <v>1856</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>44</v>
+        <v>460</v>
       </c>
       <c r="D593" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E593" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F593" t="s">
-        <v>494</v>
+        <v>45</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1856</v>
+        <v>1628</v>
       </c>
       <c r="H593" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>997</v>
+        <v>1858</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>49</v>
+        <v>464</v>
       </c>
       <c r="D594" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E594" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F594" t="s">
-        <v>519</v>
+        <v>1802</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1858</v>
+        <v>1628</v>
       </c>
       <c r="H594" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>1001</v>
+        <v>1860</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>8</v>
+        <v>722</v>
       </c>
       <c r="D595" t="s">
-        <v>1844</v>
+        <v>1626</v>
       </c>
       <c r="E595" t="s">
-        <v>1845</v>
+        <v>1627</v>
       </c>
       <c r="F595" t="s">
-        <v>519</v>
+        <v>121</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1860</v>
+        <v>1628</v>
       </c>
       <c r="H595" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>1082</v>
+        <v>1318</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D596" t="s">
-        <v>1844</v>
+        <v>1862</v>
       </c>
       <c r="E596" t="s">
-        <v>1845</v>
+        <v>1863</v>
       </c>
       <c r="F596" t="s">
-        <v>1862</v>
+        <v>13</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="H596" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>1090</v>
+        <v>1866</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="D597" t="s">
-        <v>1844</v>
+        <v>1862</v>
       </c>
       <c r="E597" t="s">
-        <v>1845</v>
+        <v>1863</v>
       </c>
       <c r="F597" t="s">
-        <v>519</v>
+        <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="H597" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>1098</v>
+        <v>1869</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="D598" t="s">
-        <v>1844</v>
+        <v>1862</v>
       </c>
       <c r="E598" t="s">
-        <v>1845</v>
+        <v>1863</v>
       </c>
       <c r="F598" t="s">
-        <v>494</v>
+        <v>13</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="H598" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>1102</v>
+        <v>1872</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D599" t="s">
-        <v>1844</v>
+        <v>1862</v>
       </c>
       <c r="E599" t="s">
-        <v>1845</v>
+        <v>1863</v>
       </c>
       <c r="F599" t="s">
-        <v>494</v>
+        <v>13</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="H599" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>1106</v>
+        <v>1875</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D600" t="s">
-        <v>1844</v>
+        <v>1876</v>
       </c>
       <c r="E600" t="s">
-        <v>1845</v>
+        <v>1877</v>
       </c>
       <c r="F600" t="s">
-        <v>519</v>
+        <v>13</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="H600" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>1110</v>
+        <v>1880</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="D601" t="s">
-        <v>1844</v>
+        <v>1876</v>
       </c>
       <c r="E601" t="s">
-        <v>1845</v>
+        <v>1877</v>
       </c>
       <c r="F601" t="s">
-        <v>494</v>
+        <v>13</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="H601" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>1264</v>
+        <v>1883</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="D602" t="s">
-        <v>1844</v>
+        <v>1876</v>
       </c>
       <c r="E602" t="s">
-        <v>1845</v>
+        <v>1877</v>
       </c>
       <c r="F602" t="s">
-        <v>1875</v>
+        <v>13</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1610</v>
+        <v>1884</v>
       </c>
       <c r="H602" t="s">
-        <v>1876</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>1320</v>
+        <v>1886</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="D603" t="s">
-        <v>1844</v>
+        <v>1887</v>
       </c>
       <c r="E603" t="s">
-        <v>1845</v>
+        <v>1888</v>
       </c>
       <c r="F603" t="s">
-        <v>494</v>
+        <v>1889</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1610</v>
+        <v>1890</v>
       </c>
       <c r="H603" t="s">
-        <v>1877</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>1324</v>
+        <v>157</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="D604" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E604" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F604" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1878</v>
+        <v>1894</v>
       </c>
       <c r="H604" t="s">
-        <v>1879</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>1328</v>
+        <v>161</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="D605" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E605" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F605" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H605" t="s">
-        <v>1880</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>1332</v>
+        <v>166</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="D606" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E606" t="s">
-        <v>1845</v>
+        <v>1893</v>
+      </c>
+      <c r="F606" t="s">
+        <v>518</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1881</v>
+        <v>1628</v>
       </c>
       <c r="H606" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>1336</v>
+        <v>170</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="D607" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E607" t="s">
-        <v>1845</v>
+        <v>1893</v>
+      </c>
+      <c r="F607" t="s">
+        <v>518</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1883</v>
+        <v>1898</v>
       </c>
       <c r="H607" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>1340</v>
+        <v>174</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="D608" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E608" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F608" t="s">
-        <v>1885</v>
+        <v>543</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1886</v>
+        <v>1900</v>
       </c>
       <c r="H608" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>1347</v>
+        <v>424</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D609" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E609" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F609" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="H609" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1412</v>
+        <v>428</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="D610" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E610" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F610" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1890</v>
+        <v>1904</v>
       </c>
       <c r="H610" t="s">
-        <v>1891</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1416</v>
+        <v>1015</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>120</v>
+        <v>49</v>
       </c>
       <c r="D611" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E611" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F611" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1892</v>
+        <v>1906</v>
       </c>
       <c r="H611" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1478</v>
+        <v>1019</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>125</v>
+        <v>8</v>
       </c>
       <c r="D612" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E612" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F612" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="H612" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>1896</v>
+        <v>1100</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>129</v>
+        <v>56</v>
       </c>
       <c r="D613" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E613" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F613" t="s">
-        <v>494</v>
+        <v>1910</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1897</v>
+        <v>1911</v>
       </c>
       <c r="H613" t="s">
-        <v>1898</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>1899</v>
+        <v>1108</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>133</v>
+        <v>60</v>
       </c>
       <c r="D614" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E614" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F614" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1900</v>
+        <v>1913</v>
       </c>
       <c r="H614" t="s">
-        <v>1901</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>1902</v>
+        <v>1116</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>137</v>
+        <v>67</v>
       </c>
       <c r="D615" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E615" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F615" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="H615" t="s">
-        <v>1904</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>1905</v>
+        <v>1120</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="D616" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E616" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F616" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="H616" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>1908</v>
+        <v>1124</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="D617" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E617" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F617" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="H617" t="s">
-        <v>1910</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>1911</v>
+        <v>1128</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="D618" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E618" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F618" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="H618" t="s">
-        <v>1913</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1914</v>
+        <v>1282</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="D619" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E619" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F619" t="s">
-        <v>519</v>
+        <v>1923</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1915</v>
+        <v>1628</v>
       </c>
       <c r="H619" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>1917</v>
+        <v>1338</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>157</v>
+        <v>86</v>
       </c>
       <c r="D620" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E620" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F620" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1918</v>
+        <v>1628</v>
       </c>
       <c r="H620" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1920</v>
+        <v>1342</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>161</v>
+        <v>90</v>
       </c>
       <c r="D621" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E621" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F621" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="H621" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>1923</v>
+        <v>1346</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>166</v>
+        <v>94</v>
       </c>
       <c r="D622" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E622" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F622" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1924</v>
+        <v>1628</v>
       </c>
       <c r="H622" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1926</v>
+        <v>1350</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>170</v>
+        <v>98</v>
       </c>
       <c r="D623" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E623" t="s">
-        <v>1845</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>1893</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="H623" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1929</v>
+        <v>1354</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>174</v>
+        <v>103</v>
       </c>
       <c r="D624" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E624" t="s">
-        <v>1845</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>1893</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="H624" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1932</v>
+        <v>1358</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>178</v>
+        <v>107</v>
       </c>
       <c r="D625" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E625" t="s">
-        <v>1845</v>
+        <v>1893</v>
+      </c>
+      <c r="F625" t="s">
+        <v>1933</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="H625" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>1935</v>
+        <v>1365</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>182</v>
+        <v>111</v>
       </c>
       <c r="D626" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E626" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F626" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>1936</v>
       </c>
       <c r="H626" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>116</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F627" t="s">
+        <v>518</v>
+      </c>
+      <c r="G627" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="B627" t="s">
-[...11 lines deleted...]
-      <c r="G627" s="1" t="s">
+      <c r="H627" t="s">
         <v>1939</v>
-      </c>
-[...1 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>120</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F628" t="s">
+        <v>518</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H628" t="s">
         <v>1941</v>
-      </c>
-[...19 lines deleted...]
-        <v>1943</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>1944</v>
+        <v>1496</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>194</v>
+        <v>125</v>
       </c>
       <c r="D629" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E629" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F629" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="H629" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
       <c r="D630" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E630" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F630" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="H630" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="D631" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E631" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F631" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1951</v>
+        <v>1948</v>
       </c>
       <c r="H631" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>1953</v>
+        <v>1950</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>206</v>
+        <v>137</v>
       </c>
       <c r="D632" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E632" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F632" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
       <c r="H632" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>209</v>
+        <v>141</v>
       </c>
       <c r="D633" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E633" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F633" t="s">
-        <v>494</v>
+        <v>543</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
       <c r="H633" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>213</v>
+        <v>145</v>
       </c>
       <c r="D634" t="s">
-        <v>1844</v>
+        <v>1892</v>
       </c>
       <c r="E634" t="s">
-        <v>1845</v>
+        <v>1893</v>
       </c>
       <c r="F634" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
       <c r="H634" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>149</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F635" t="s">
+        <v>518</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H635" t="s">
         <v>1961</v>
-      </c>
-[...19 lines deleted...]
-        <v>1963</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>153</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F636" t="s">
+        <v>543</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H636" t="s">
         <v>1964</v>
-      </c>
-[...19 lines deleted...]
-        <v>1963</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>157</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F637" t="s">
+        <v>518</v>
+      </c>
+      <c r="G637" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="B637" t="s">
-[...14 lines deleted...]
-      <c r="G637" s="1" t="s">
+      <c r="H637" t="s">
         <v>1967</v>
-      </c>
-[...1 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>161</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F638" t="s">
+        <v>543</v>
+      </c>
+      <c r="G638" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="B638" t="s">
-[...14 lines deleted...]
-      <c r="G638" s="1" t="s">
+      <c r="H638" t="s">
         <v>1970</v>
-      </c>
-[...1 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>166</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F639" t="s">
+        <v>518</v>
+      </c>
+      <c r="G639" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="B639" t="s">
-[...14 lines deleted...]
-      <c r="G639" s="1" t="s">
+      <c r="H639" t="s">
         <v>1973</v>
-      </c>
-[...1 lines deleted...]
-        <v>1974</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>432</v>
+        <v>1974</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="D640" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F640" t="s">
+        <v>518</v>
+      </c>
+      <c r="G640" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="E640" t="s">
+      <c r="H640" t="s">
         <v>1976</v>
-      </c>
-[...7 lines deleted...]
-        <v>1978</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>436</v>
+        <v>1977</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="D641" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E641" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F641" t="s">
-        <v>226</v>
+        <v>518</v>
       </c>
       <c r="G641" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H641" t="s">
         <v>1979</v>
-      </c>
-[...1 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>904</v>
+        <v>1980</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>21</v>
+        <v>178</v>
       </c>
       <c r="D642" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E642" t="s">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1893</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1610</v>
+        <v>1981</v>
       </c>
       <c r="H642" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>908</v>
+        <v>1983</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>25</v>
+        <v>182</v>
       </c>
       <c r="D643" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E643" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F643" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1610</v>
+        <v>1984</v>
       </c>
       <c r="H643" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>912</v>
+        <v>1986</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>30</v>
+        <v>186</v>
       </c>
       <c r="D644" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E644" t="s">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1893</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1610</v>
+        <v>1987</v>
       </c>
       <c r="H644" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>916</v>
+        <v>1989</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>35</v>
+        <v>190</v>
       </c>
       <c r="D645" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E645" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F645" t="s">
-        <v>31</v>
+        <v>518</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1610</v>
+        <v>1990</v>
       </c>
       <c r="H645" t="s">
-        <v>1984</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>920</v>
+        <v>1992</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="D646" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E646" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F646" t="s">
-        <v>31</v>
+        <v>518</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1610</v>
+        <v>1993</v>
       </c>
       <c r="H646" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>924</v>
+        <v>1995</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>44</v>
+        <v>198</v>
       </c>
       <c r="D647" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E647" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F647" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1610</v>
+        <v>1996</v>
       </c>
       <c r="H647" t="s">
-        <v>1986</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>928</v>
+        <v>1998</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="D648" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E648" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F648" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1610</v>
+        <v>1999</v>
       </c>
       <c r="H648" t="s">
-        <v>1987</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>932</v>
+        <v>2001</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="D649" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E649" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F649" t="s">
-        <v>294</v>
+        <v>543</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1610</v>
+        <v>2002</v>
       </c>
       <c r="H649" t="s">
-        <v>1988</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>1058</v>
+        <v>2004</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="D650" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E650" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F650" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1610</v>
+        <v>2005</v>
       </c>
       <c r="H650" t="s">
-        <v>1989</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>1062</v>
+        <v>2007</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>60</v>
+        <v>213</v>
       </c>
       <c r="D651" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E651" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F651" t="s">
-        <v>78</v>
+        <v>543</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1610</v>
+        <v>2008</v>
       </c>
       <c r="H651" t="s">
-        <v>1990</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>1066</v>
+        <v>2009</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>64</v>
+        <v>217</v>
       </c>
       <c r="D652" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E652" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F652" t="s">
-        <v>26</v>
+        <v>518</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1610</v>
+        <v>2010</v>
       </c>
       <c r="H652" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>1304</v>
+        <v>2012</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>67</v>
+        <v>221</v>
       </c>
       <c r="D653" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E653" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F653" t="s">
-        <v>555</v>
+        <v>543</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1610</v>
+        <v>2013</v>
       </c>
       <c r="H653" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>1308</v>
+        <v>2014</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="D654" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E654" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F654" t="s">
-        <v>112</v>
+        <v>518</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1610</v>
+        <v>2015</v>
       </c>
       <c r="H654" t="s">
-        <v>1993</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>1312</v>
+        <v>2017</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>24</v>
+        <v>230</v>
       </c>
       <c r="D655" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E655" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F655" t="s">
-        <v>247</v>
+        <v>518</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1610</v>
+        <v>2018</v>
       </c>
       <c r="H655" t="s">
-        <v>1994</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>1316</v>
+        <v>2020</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>77</v>
+        <v>234</v>
       </c>
       <c r="D656" t="s">
-        <v>1975</v>
+        <v>1892</v>
       </c>
       <c r="E656" t="s">
-        <v>1976</v>
+        <v>1893</v>
       </c>
       <c r="F656" t="s">
-        <v>121</v>
+        <v>518</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1610</v>
+        <v>2021</v>
       </c>
       <c r="H656" t="s">
-        <v>1995</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>1420</v>
+        <v>432</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="D657" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E657" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F657" t="s">
-        <v>121</v>
+        <v>226</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1610</v>
+        <v>2025</v>
       </c>
       <c r="H657" t="s">
-        <v>1996</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>1502</v>
+        <v>436</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="D658" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E658" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F658" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1610</v>
+        <v>2027</v>
       </c>
       <c r="H658" t="s">
-        <v>1997</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1506</v>
+        <v>922</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="D659" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E659" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F659" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H659" t="s">
-        <v>1998</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>1999</v>
+        <v>926</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>94</v>
+        <v>25</v>
       </c>
       <c r="D660" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E660" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F660" t="s">
         <v>13</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H660" t="s">
-        <v>2000</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2001</v>
+        <v>930</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="D661" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E661" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F661" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2002</v>
+        <v>1628</v>
       </c>
       <c r="H661" t="s">
-        <v>2003</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2004</v>
+        <v>934</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>103</v>
+        <v>35</v>
       </c>
       <c r="D662" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E662" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F662" t="s">
-        <v>294</v>
+        <v>31</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H662" t="s">
-        <v>2005</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2006</v>
+        <v>938</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="D663" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E663" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F663" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H663" t="s">
-        <v>2007</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2008</v>
+        <v>942</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="D664" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E664" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F664" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2009</v>
+        <v>1628</v>
       </c>
       <c r="H664" t="s">
-        <v>2010</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2011</v>
+        <v>946</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>116</v>
+        <v>49</v>
       </c>
       <c r="D665" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E665" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F665" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H665" t="s">
-        <v>2012</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2013</v>
+        <v>950</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="D666" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E666" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F666" t="s">
-        <v>99</v>
+        <v>294</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H666" t="s">
-        <v>2014</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2015</v>
+        <v>1076</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>125</v>
+        <v>56</v>
       </c>
       <c r="D667" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E667" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F667" t="s">
         <v>13</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H667" t="s">
-        <v>2016</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2017</v>
+        <v>1080</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="D668" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E668" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F668" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H668" t="s">
-        <v>2018</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2019</v>
+        <v>1084</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="D669" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E669" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F669" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H669" t="s">
-        <v>2020</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2021</v>
+        <v>1322</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>137</v>
+        <v>67</v>
       </c>
       <c r="D670" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E670" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F670" t="s">
-        <v>112</v>
+        <v>579</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H670" t="s">
-        <v>2022</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>20</v>
+      </c>
+      <c r="D671" t="s">
         <v>2023</v>
       </c>
-      <c r="B671" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E671" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F671" t="s">
-        <v>1562</v>
+        <v>112</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H671" t="s">
-        <v>2024</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2025</v>
+        <v>1330</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="D672" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E672" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F672" t="s">
-        <v>31</v>
+        <v>247</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H672" t="s">
-        <v>2026</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2027</v>
+        <v>1334</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="D673" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E673" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F673" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H673" t="s">
-        <v>2028</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2029</v>
+        <v>1438</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="D674" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E674" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F674" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H674" t="s">
-        <v>2030</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2031</v>
+        <v>1520</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>157</v>
+        <v>86</v>
       </c>
       <c r="D675" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E675" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F675" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H675" t="s">
-        <v>2032</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2033</v>
+        <v>1524</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>161</v>
+        <v>90</v>
       </c>
       <c r="D676" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E676" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F676" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H676" t="s">
-        <v>2034</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2035</v>
+        <v>2047</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>166</v>
+        <v>94</v>
       </c>
       <c r="D677" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E677" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F677" t="s">
         <v>13</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H677" t="s">
-        <v>2036</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2037</v>
+        <v>2049</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>170</v>
+        <v>98</v>
       </c>
       <c r="D678" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E678" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F678" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1610</v>
+        <v>2050</v>
       </c>
       <c r="H678" t="s">
-        <v>2038</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2039</v>
+        <v>2052</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>174</v>
+        <v>103</v>
       </c>
       <c r="D679" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E679" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F679" t="s">
-        <v>162</v>
+        <v>294</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H679" t="s">
-        <v>2040</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2041</v>
+        <v>2054</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>178</v>
+        <v>107</v>
       </c>
       <c r="D680" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E680" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F680" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H680" t="s">
-        <v>2042</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2043</v>
+        <v>2056</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>182</v>
+        <v>111</v>
       </c>
       <c r="D681" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E681" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F681" t="s">
-        <v>13</v>
+        <v>294</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>1610</v>
+        <v>2057</v>
       </c>
       <c r="H681" t="s">
-        <v>2044</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2045</v>
+        <v>2059</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>186</v>
+        <v>116</v>
       </c>
       <c r="D682" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E682" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F682" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H682" t="s">
-        <v>2046</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="D683" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E683" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F683" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H683" t="s">
-        <v>2048</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2049</v>
+        <v>2063</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>194</v>
+        <v>125</v>
       </c>
       <c r="D684" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E684" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F684" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2050</v>
+        <v>1628</v>
       </c>
       <c r="H684" t="s">
-        <v>2051</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2052</v>
+        <v>2065</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
       <c r="D685" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E685" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F685" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H685" t="s">
-        <v>2053</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2054</v>
+        <v>2067</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="D686" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E686" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F686" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H686" t="s">
-        <v>2055</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2056</v>
+        <v>2069</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>206</v>
+        <v>137</v>
       </c>
       <c r="D687" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E687" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F687" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H687" t="s">
-        <v>2057</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2058</v>
+        <v>2071</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>209</v>
+        <v>141</v>
       </c>
       <c r="D688" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E688" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F688" t="s">
-        <v>121</v>
+        <v>1580</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2059</v>
+        <v>1628</v>
       </c>
       <c r="H688" t="s">
-        <v>2060</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>213</v>
+        <v>145</v>
       </c>
       <c r="D689" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E689" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F689" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H689" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>217</v>
+        <v>149</v>
       </c>
       <c r="D690" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E690" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F690" t="s">
         <v>13</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H690" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>221</v>
+        <v>153</v>
       </c>
       <c r="D691" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E691" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F691" t="s">
         <v>13</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H691" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>225</v>
+        <v>157</v>
       </c>
       <c r="D692" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E692" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F692" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2068</v>
+        <v>1628</v>
       </c>
       <c r="H692" t="s">
-        <v>2069</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2070</v>
+        <v>2081</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>230</v>
+        <v>161</v>
       </c>
       <c r="D693" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E693" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F693" t="s">
         <v>13</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H693" t="s">
-        <v>2071</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>234</v>
+        <v>166</v>
       </c>
       <c r="D694" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E694" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F694" t="s">
         <v>13</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H694" t="s">
-        <v>2073</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>238</v>
+        <v>170</v>
       </c>
       <c r="D695" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E695" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F695" t="s">
         <v>13</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H695" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2076</v>
+        <v>2087</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>242</v>
+        <v>174</v>
       </c>
       <c r="D696" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E696" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F696" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2077</v>
+        <v>1628</v>
       </c>
       <c r="H696" t="s">
-        <v>2078</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2079</v>
+        <v>2089</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>246</v>
+        <v>178</v>
       </c>
       <c r="D697" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E697" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F697" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2080</v>
+        <v>1628</v>
       </c>
       <c r="H697" t="s">
-        <v>2081</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2082</v>
+        <v>2091</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>29</v>
+        <v>182</v>
       </c>
       <c r="D698" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E698" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F698" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2083</v>
+        <v>1628</v>
       </c>
       <c r="H698" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="D699" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E699" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F699" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2086</v>
+        <v>1628</v>
       </c>
       <c r="H699" t="s">
-        <v>2087</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2088</v>
+        <v>2095</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>257</v>
+        <v>190</v>
       </c>
       <c r="D700" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E700" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F700" t="s">
         <v>121</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2089</v>
+        <v>1628</v>
       </c>
       <c r="H700" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>261</v>
+        <v>194</v>
       </c>
       <c r="D701" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E701" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F701" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="H701" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>265</v>
+        <v>198</v>
       </c>
       <c r="D702" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E702" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F702" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H702" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>269</v>
+        <v>202</v>
       </c>
       <c r="D703" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E703" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F703" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H703" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>273</v>
+        <v>206</v>
       </c>
       <c r="D704" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E704" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F704" t="s">
         <v>13</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H704" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>277</v>
+        <v>209</v>
       </c>
       <c r="D705" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E705" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F705" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>1610</v>
+        <v>2107</v>
       </c>
       <c r="H705" t="s">
-        <v>2101</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>281</v>
+        <v>213</v>
       </c>
       <c r="D706" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E706" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F706" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2103</v>
+        <v>1628</v>
       </c>
       <c r="H706" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2105</v>
+        <v>2111</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>285</v>
+        <v>217</v>
       </c>
       <c r="D707" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E707" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F707" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2106</v>
+        <v>1628</v>
       </c>
       <c r="H707" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="D708" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E708" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F708" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2109</v>
+        <v>1628</v>
       </c>
       <c r="H708" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>293</v>
+        <v>225</v>
       </c>
       <c r="D709" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E709" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F709" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="H709" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>298</v>
+        <v>230</v>
       </c>
       <c r="D710" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E710" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F710" t="s">
         <v>13</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H710" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>302</v>
+        <v>234</v>
       </c>
       <c r="D711" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E711" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F711" t="s">
         <v>13</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H711" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>306</v>
+        <v>238</v>
       </c>
       <c r="D712" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E712" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F712" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2119</v>
+        <v>1628</v>
       </c>
       <c r="H712" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>310</v>
+        <v>242</v>
       </c>
       <c r="D713" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E713" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F713" t="s">
         <v>13</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1610</v>
+        <v>2125</v>
       </c>
       <c r="H713" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>314</v>
+        <v>246</v>
       </c>
       <c r="D714" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E714" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F714" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1610</v>
+        <v>2128</v>
       </c>
       <c r="H714" t="s">
-        <v>2124</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>318</v>
+        <v>29</v>
       </c>
       <c r="D715" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E715" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F715" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1610</v>
+        <v>2131</v>
       </c>
       <c r="H715" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>322</v>
+        <v>34</v>
       </c>
       <c r="D716" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E716" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F716" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1610</v>
+        <v>2134</v>
       </c>
       <c r="H716" t="s">
-        <v>2128</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2129</v>
+        <v>2136</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>326</v>
+        <v>257</v>
       </c>
       <c r="D717" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E717" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F717" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1610</v>
+        <v>2137</v>
       </c>
       <c r="H717" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>330</v>
+        <v>261</v>
       </c>
       <c r="D718" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E718" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F718" t="s">
-        <v>294</v>
+        <v>121</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
       <c r="H718" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>334</v>
+        <v>265</v>
       </c>
       <c r="D719" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E719" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F719" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2135</v>
+        <v>1628</v>
       </c>
       <c r="H719" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="D720" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E720" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F720" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2138</v>
+        <v>1628</v>
       </c>
       <c r="H720" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="D721" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E721" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F721" t="s">
         <v>13</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H721" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>346</v>
+        <v>277</v>
       </c>
       <c r="D722" t="s">
-        <v>1975</v>
+        <v>2023</v>
       </c>
       <c r="E722" t="s">
-        <v>1976</v>
+        <v>2024</v>
       </c>
       <c r="F722" t="s">
         <v>13</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1610</v>
+        <v>1628</v>
       </c>
       <c r="H722" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
+        <v>281</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F723" t="s">
+        <v>112</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>285</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F724" t="s">
+        <v>112</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>289</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F725" t="s">
+        <v>121</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>293</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F726" t="s">
+        <v>99</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>298</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F727" t="s">
+        <v>13</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>302</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F728" t="s">
+        <v>13</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>306</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F729" t="s">
+        <v>31</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>310</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F730" t="s">
+        <v>13</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>314</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F731" t="s">
+        <v>13</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>318</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F732" t="s">
+        <v>13</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>322</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F733" t="s">
+        <v>13</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>326</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F734" t="s">
+        <v>13</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>330</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F735" t="s">
+        <v>294</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>334</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F736" t="s">
+        <v>31</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>338</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F737" t="s">
+        <v>31</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>342</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F738" t="s">
+        <v>13</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>346</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F739" t="s">
+        <v>13</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
         <v>350</v>
       </c>
-      <c r="D723" t="s">
-[...5 lines deleted...]
-      <c r="F723" t="s">
+      <c r="D740" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F740" t="s">
         <v>13</v>
       </c>
-      <c r="G723" s="1" t="s">
-[...3 lines deleted...]
-        <v>2145</v>
+      <c r="G740" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>354</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F741" t="s">
+        <v>13</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>358</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F742" t="s">
+        <v>13</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>362</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F743" t="s">
+        <v>112</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>366</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F744" t="s">
+        <v>31</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>10</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F745" t="s">
+        <v>294</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2208</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -26384,50 +27150,72 @@
     <hyperlink ref="G699" r:id="rId698"/>
     <hyperlink ref="G700" r:id="rId699"/>
     <hyperlink ref="G701" r:id="rId700"/>
     <hyperlink ref="G702" r:id="rId701"/>
     <hyperlink ref="G703" r:id="rId702"/>
     <hyperlink ref="G704" r:id="rId703"/>
     <hyperlink ref="G705" r:id="rId704"/>
     <hyperlink ref="G706" r:id="rId705"/>
     <hyperlink ref="G707" r:id="rId706"/>
     <hyperlink ref="G708" r:id="rId707"/>
     <hyperlink ref="G709" r:id="rId708"/>
     <hyperlink ref="G710" r:id="rId709"/>
     <hyperlink ref="G711" r:id="rId710"/>
     <hyperlink ref="G712" r:id="rId711"/>
     <hyperlink ref="G713" r:id="rId712"/>
     <hyperlink ref="G714" r:id="rId713"/>
     <hyperlink ref="G715" r:id="rId714"/>
     <hyperlink ref="G716" r:id="rId715"/>
     <hyperlink ref="G717" r:id="rId716"/>
     <hyperlink ref="G718" r:id="rId717"/>
     <hyperlink ref="G719" r:id="rId718"/>
     <hyperlink ref="G720" r:id="rId719"/>
     <hyperlink ref="G721" r:id="rId720"/>
     <hyperlink ref="G722" r:id="rId721"/>
     <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>